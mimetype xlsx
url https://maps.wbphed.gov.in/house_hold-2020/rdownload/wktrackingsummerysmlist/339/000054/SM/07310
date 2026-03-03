--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1122,54 +1122,54 @@
         <v>36</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>26.93</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.35</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>19.87</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1643,54 +1643,54 @@
         <v>76</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P14" s="4">
         <v>5.59</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.59</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1702,54 +1702,54 @@
         <v>82</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P15" s="4">
         <v>2.5</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.85</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1761,54 +1761,54 @@
         <v>85</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P16" s="4">
         <v>3.81</v>
       </c>
       <c r="Q16" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2219,54 +2219,54 @@
         <v>110</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P24" s="4">
         <v>26.51</v>
       </c>
       <c r="Q24" s="4">
-        <v>14.92</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>56.27</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2278,54 +2278,54 @@
         <v>116</v>
       </c>
       <c r="I25" s="13"/>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P25" s="4">
         <v>41.02</v>
       </c>
       <c r="Q25" s="4">
-        <v>2.46</v>
+        <v>1.23</v>
       </c>
       <c r="R25" s="4">
-        <v>5.99</v>
+        <v>2.99</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2434,54 +2434,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>258.96</v>
       </c>
       <c r="P28" s="8">
-        <v>34.6</v>
+        <v>1.23</v>
       </c>
       <c r="Q28" s="8">
-        <v>13.36</v>
+        <v>0.47</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>