--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1915,54 +1915,54 @@
         <v>95</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P20" s="4">
         <v>9.83</v>
       </c>
       <c r="Q20" s="4">
-        <v>17.13</v>
+        <v>8.57</v>
       </c>
       <c r="R20" s="4">
-        <v>174.21</v>
+        <v>87.11</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -1974,88 +1974,88 @@
         <v>101</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P21" s="4">
         <v>35.1</v>
       </c>
       <c r="Q21" s="4">
-        <v>10.64</v>
+        <v>5.32</v>
       </c>
       <c r="R21" s="4">
-        <v>30.31</v>
+        <v>15.16</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>225.32</v>
       </c>
       <c r="P22" s="8">
-        <v>27.77</v>
+        <v>13.89</v>
       </c>
       <c r="Q22" s="8">
-        <v>12.33</v>
+        <v>6.16</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>