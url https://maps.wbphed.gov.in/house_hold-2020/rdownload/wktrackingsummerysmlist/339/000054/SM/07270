--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1478,54 +1478,54 @@
         <v>41</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>4.52</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>3.49</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1537,54 +1537,54 @@
         <v>45</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P7" s="4">
         <v>4.39</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.97</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1596,54 +1596,54 @@
         <v>48</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P8" s="4">
         <v>4.29</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.04</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1714,54 +1714,54 @@
         <v>54</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P10" s="4">
         <v>4.99</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.12</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2781,54 +2781,54 @@
         <v>116</v>
       </c>
       <c r="I29" s="13"/>
       <c r="J29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P29" s="4">
         <v>4.73</v>
       </c>
       <c r="Q29" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3178,54 +3178,54 @@
         <v>144</v>
       </c>
       <c r="I36" s="13"/>
       <c r="J36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P36" s="4">
         <v>4.5</v>
       </c>
       <c r="Q36" s="4">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>2.86</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3237,54 +3237,54 @@
         <v>147</v>
       </c>
       <c r="I37" s="13"/>
       <c r="J37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P37" s="4">
         <v>4.37</v>
       </c>
       <c r="Q37" s="4">
-        <v>0.14</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>3.24</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3296,54 +3296,54 @@
         <v>150</v>
       </c>
       <c r="I38" s="13"/>
       <c r="J38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P38" s="4">
         <v>4.37</v>
       </c>
       <c r="Q38" s="4">
-        <v>0.13</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3355,54 +3355,54 @@
         <v>153</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P39" s="4">
         <v>3.87</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3414,54 +3414,54 @@
         <v>156</v>
       </c>
       <c r="I40" s="13"/>
       <c r="J40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P40" s="4">
         <v>4.38</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>4.34</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3473,54 +3473,54 @@
         <v>159</v>
       </c>
       <c r="I41" s="13"/>
       <c r="J41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P41" s="4">
         <v>4.97</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>1.62</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3532,54 +3532,54 @@
         <v>162</v>
       </c>
       <c r="I42" s="13"/>
       <c r="J42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P42" s="4">
         <v>4.99</v>
       </c>
       <c r="Q42" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>9.82</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3650,54 +3650,54 @@
         <v>170</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J44" s="13"/>
       <c r="K44" s="4" t="s">
         <v>171</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>172</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P44" s="4">
         <v>4.01</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.26</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>6.45</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>25</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3709,54 +3709,54 @@
         <v>173</v>
       </c>
       <c r="I45" s="13"/>
       <c r="J45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>176</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>177</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>178</v>
       </c>
       <c r="P45" s="4">
         <v>35.36</v>
       </c>
       <c r="Q45" s="4">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>0.32</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -3768,54 +3768,54 @@
         <v>179</v>
       </c>
       <c r="I46" s="13"/>
       <c r="J46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P46" s="4">
         <v>3.93</v>
       </c>
       <c r="Q46" s="4">
-        <v>0.32</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>8.12</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>25</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -3827,54 +3827,54 @@
         <v>182</v>
       </c>
       <c r="I47" s="13"/>
       <c r="J47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P47" s="4">
         <v>4.56</v>
       </c>
       <c r="Q47" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>3.49</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -3886,54 +3886,54 @@
         <v>185</v>
       </c>
       <c r="I48" s="13"/>
       <c r="J48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P48" s="4">
         <v>4.97</v>
       </c>
       <c r="Q48" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>8.04</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -3945,54 +3945,54 @@
         <v>188</v>
       </c>
       <c r="I49" s="13"/>
       <c r="J49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P49" s="4">
         <v>3.48</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.48</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>99.8</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4004,54 +4004,54 @@
         <v>194</v>
       </c>
       <c r="I50" s="13"/>
       <c r="J50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>195</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>196</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>197</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>198</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P50" s="4">
         <v>7.7</v>
       </c>
       <c r="Q50" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>2.03</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4063,54 +4063,54 @@
         <v>200</v>
       </c>
       <c r="I51" s="13"/>
       <c r="J51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>205</v>
       </c>
       <c r="P51" s="4">
         <v>2.85</v>
       </c>
       <c r="Q51" s="4">
-        <v>0.6</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>20.96</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4122,54 +4122,54 @@
         <v>206</v>
       </c>
       <c r="I52" s="13"/>
       <c r="J52" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>207</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>208</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>209</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>193</v>
       </c>
       <c r="P52" s="4">
         <v>0.96</v>
       </c>
       <c r="Q52" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>82.95</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -4181,54 +4181,54 @@
         <v>211</v>
       </c>
       <c r="I53" s="13"/>
       <c r="J53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>212</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>213</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>191</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>192</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P53" s="4">
         <v>3.5</v>
       </c>
       <c r="Q53" s="4">
-        <v>3.47</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>99.3</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4240,54 +4240,54 @@
         <v>214</v>
       </c>
       <c r="I54" s="13"/>
       <c r="J54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>217</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>218</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>219</v>
       </c>
       <c r="P54" s="4">
         <v>96.69</v>
       </c>
       <c r="Q54" s="4">
-        <v>25.88</v>
+        <v>12.94</v>
       </c>
       <c r="R54" s="4">
-        <v>26.77</v>
+        <v>13.38</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4299,54 +4299,54 @@
         <v>220</v>
       </c>
       <c r="I55" s="13"/>
       <c r="J55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>223</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>225</v>
       </c>
       <c r="P55" s="4">
         <v>39.43</v>
       </c>
       <c r="Q55" s="4">
-        <v>5.07</v>
+        <v>2.53</v>
       </c>
       <c r="R55" s="4">
-        <v>12.85</v>
+        <v>6.42</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4360,88 +4360,88 @@
       <c r="I56" s="13" t="s">
         <v>167</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>227</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>228</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>229</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>230</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>231</v>
       </c>
       <c r="P56" s="4">
         <v>234.49</v>
       </c>
       <c r="Q56" s="4">
-        <v>4.02</v>
+        <v>2.01</v>
       </c>
       <c r="R56" s="4">
-        <v>1.72</v>
+        <v>0.86</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="7" t="s">
         <v>232</v>
       </c>
       <c r="B57" s="7"/>
       <c r="C57" s="7"/>
       <c r="D57" s="7"/>
       <c r="E57" s="11"/>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="14"/>
       <c r="I57" s="14"/>
       <c r="J57" s="14"/>
       <c r="K57" s="8"/>
       <c r="L57" s="8"/>
       <c r="M57" s="8"/>
       <c r="N57" s="8"/>
       <c r="O57" s="8">
         <v>592.92</v>
       </c>
       <c r="P57" s="8">
-        <v>51.13</v>
+        <v>17.49</v>
       </c>
       <c r="Q57" s="8">
-        <v>8.62</v>
+        <v>2.95</v>
       </c>
       <c r="R57" s="8"/>
       <c r="S57" s="8"/>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A57:N57"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>