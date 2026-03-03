--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -941,54 +941,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.28</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.25</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.73</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>2.58</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.35</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>90.96</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1914,54 +1914,54 @@
         <v>92</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P20" s="4">
         <v>23.15</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -1973,54 +1973,54 @@
         <v>97</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P21" s="4">
         <v>2.47</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>97.75</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2089,88 +2089,88 @@
         <v>106</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P23" s="4">
         <v>9.22</v>
       </c>
       <c r="Q23" s="4">
-        <v>8.66</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>93.95</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>198.42</v>
       </c>
       <c r="P24" s="8">
-        <v>13.88</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>