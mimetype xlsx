--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1221,54 +1221,54 @@
         <v>54</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P9" s="4">
         <v>4.58</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1280,54 +1280,54 @@
         <v>59</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>4.99</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.99</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1510,54 +1510,54 @@
         <v>77</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P14" s="4">
         <v>23.15</v>
       </c>
       <c r="Q14" s="4">
-        <v>11.13</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>48.09</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1569,88 +1569,88 @@
         <v>83</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P15" s="4">
         <v>35.41</v>
       </c>
       <c r="Q15" s="4">
-        <v>34.55</v>
+        <v>17.27</v>
       </c>
       <c r="R15" s="4">
-        <v>97.56</v>
+        <v>48.78</v>
       </c>
       <c r="S15" s="4">
         <v>30</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>380.41</v>
       </c>
       <c r="P16" s="8">
-        <v>55.25</v>
+        <v>17.27</v>
       </c>
       <c r="Q16" s="8">
-        <v>14.52</v>
+        <v>4.54</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>