--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2219,88 +2219,88 @@
       <c r="I25" s="13" t="s">
         <v>95</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P25" s="4">
         <v>234.49</v>
       </c>
       <c r="Q25" s="4">
-        <v>3.06</v>
+        <v>1.53</v>
       </c>
       <c r="R25" s="4">
-        <v>1.31</v>
+        <v>0.65</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>455.93</v>
       </c>
       <c r="P26" s="8">
-        <v>3.06</v>
+        <v>1.53</v>
       </c>
       <c r="Q26" s="8">
-        <v>0.67</v>
+        <v>0.34</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>