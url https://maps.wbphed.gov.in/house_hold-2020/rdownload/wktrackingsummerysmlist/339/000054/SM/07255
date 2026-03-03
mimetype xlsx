--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1835,88 +1835,88 @@
       <c r="I20" s="13" t="s">
         <v>81</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P20" s="4">
         <v>234.49</v>
       </c>
       <c r="Q20" s="4">
-        <v>5.09</v>
+        <v>2.54</v>
       </c>
       <c r="R20" s="4">
-        <v>2.17</v>
+        <v>1.08</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>409.8</v>
       </c>
       <c r="P21" s="8">
-        <v>5.09</v>
+        <v>2.54</v>
       </c>
       <c r="Q21" s="8">
-        <v>1.24</v>
+        <v>0.62</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>