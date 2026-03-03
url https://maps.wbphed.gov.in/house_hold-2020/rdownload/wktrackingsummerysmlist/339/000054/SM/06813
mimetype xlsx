--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -2766,54 +2766,54 @@
         <v>134</v>
       </c>
       <c r="I33" s="13"/>
       <c r="J33" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>139</v>
       </c>
       <c r="P33" s="4">
         <v>41.01</v>
       </c>
       <c r="Q33" s="4">
-        <v>46.47</v>
+        <v>23.23</v>
       </c>
       <c r="R33" s="4">
-        <v>113.31</v>
+        <v>56.65</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2827,88 +2827,88 @@
       <c r="I34" s="13" t="s">
         <v>141</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P34" s="4">
         <v>234.49</v>
       </c>
       <c r="Q34" s="4">
-        <v>3.56</v>
+        <v>1.78</v>
       </c>
       <c r="R34" s="4">
-        <v>1.52</v>
+        <v>0.76</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="7" t="s">
         <v>147</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="11"/>
       <c r="F35" s="7"/>
       <c r="G35" s="7"/>
       <c r="H35" s="14"/>
       <c r="I35" s="14"/>
       <c r="J35" s="14"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
       <c r="M35" s="8"/>
       <c r="N35" s="8"/>
       <c r="O35" s="8">
         <v>486.78</v>
       </c>
       <c r="P35" s="8">
-        <v>50.03</v>
+        <v>25.01</v>
       </c>
       <c r="Q35" s="8">
-        <v>10.28</v>
+        <v>5.14</v>
       </c>
       <c r="R35" s="8"/>
       <c r="S35" s="8"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A35:N35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>