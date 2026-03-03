--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1153,54 +1153,54 @@
         <v>45</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>10.04</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.02</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.78</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2050,54 +2050,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>170.33</v>
       </c>
       <c r="P23" s="8">
-        <v>10.02</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>5.88</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>