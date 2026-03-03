--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1769,54 +1769,54 @@
         <v>71</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="4">
         <v>0.35</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>67.71</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1885,54 +1885,54 @@
         <v>29</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="4">
         <v>23.39</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>3.97</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>20</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -1944,54 +1944,54 @@
         <v>64</v>
       </c>
       <c r="I21" s="13"/>
       <c r="J21" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P21" s="4">
         <v>23.87</v>
       </c>
       <c r="Q21" s="4">
-        <v>1.76</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>7.4</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2062,54 +2062,54 @@
         <v>90</v>
       </c>
       <c r="I23" s="13"/>
       <c r="J23" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P23" s="4">
         <v>3.98</v>
       </c>
       <c r="Q23" s="4">
-        <v>7.3</v>
+        <v>3.65</v>
       </c>
       <c r="R23" s="4">
-        <v>183.73</v>
+        <v>91.87</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2121,54 +2121,54 @@
         <v>96</v>
       </c>
       <c r="I24" s="13"/>
       <c r="J24" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P24" s="4">
         <v>37.93</v>
       </c>
       <c r="Q24" s="4">
-        <v>53.32</v>
+        <v>26.66</v>
       </c>
       <c r="R24" s="4">
-        <v>140.57</v>
+        <v>70.28</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2182,88 +2182,88 @@
       <c r="I25" s="13" t="s">
         <v>103</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P25" s="4">
         <v>234.49</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.8</v>
+        <v>0.4</v>
       </c>
       <c r="R25" s="4">
-        <v>0.34</v>
+        <v>0.17</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>473.08</v>
       </c>
       <c r="P26" s="8">
-        <v>64.35</v>
+        <v>30.71</v>
       </c>
       <c r="Q26" s="8">
-        <v>13.6</v>
+        <v>6.49</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>