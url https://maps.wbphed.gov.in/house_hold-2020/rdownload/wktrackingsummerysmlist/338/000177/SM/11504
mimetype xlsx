--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1526,54 +1526,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>125.19</v>
       </c>
       <c r="Q3" s="4">
-        <v>113.17</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1646,54 +1646,54 @@
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>4.68</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.62</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1707,54 +1707,54 @@
       <c r="I6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>4.73</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1768,54 +1768,54 @@
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>1.3</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.25</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.69</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1829,54 +1829,54 @@
       <c r="I8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P8" s="4">
         <v>0.46</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.27</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1890,54 +1890,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P9" s="4">
         <v>0.34</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.34</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.73</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1951,54 +1951,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P10" s="4">
         <v>4.74</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.68</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.76</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2012,54 +2012,54 @@
       <c r="I11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="4">
         <v>3.3</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.25</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.49</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2073,54 +2073,54 @@
       <c r="I12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P12" s="4">
         <v>2.02</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.38</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2134,54 +2134,54 @@
       <c r="I13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P13" s="4">
         <v>4.68</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.64</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.15</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2313,54 +2313,54 @@
       <c r="I16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P16" s="4">
         <v>4.42</v>
       </c>
       <c r="Q16" s="4">
-        <v>4.35</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>98.41</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2433,54 +2433,54 @@
       <c r="I18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P18" s="4">
         <v>1.13</v>
       </c>
       <c r="Q18" s="4">
-        <v>1.12</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.01</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2791,54 +2791,54 @@
       <c r="I24" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P24" s="4">
         <v>4.58</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.56</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2852,54 +2852,54 @@
       <c r="I25" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P25" s="4">
         <v>227.1</v>
       </c>
       <c r="Q25" s="4">
-        <v>227.08</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2911,54 +2911,54 @@
         <v>122</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P26" s="4">
         <v>120.96</v>
       </c>
       <c r="Q26" s="4">
-        <v>114.99</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>95.06</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2970,54 +2970,54 @@
         <v>126</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P27" s="4">
         <v>2.57</v>
       </c>
       <c r="Q27" s="4">
-        <v>2.57</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3029,54 +3029,54 @@
         <v>132</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P28" s="4">
         <v>4.48</v>
       </c>
       <c r="Q28" s="4">
-        <v>4.48</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3088,54 +3088,54 @@
         <v>135</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13"/>
       <c r="K29" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P29" s="4">
         <v>10.42</v>
       </c>
       <c r="Q29" s="4">
-        <v>10.42</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3147,54 +3147,54 @@
         <v>138</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13"/>
       <c r="K30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P30" s="4">
         <v>4.7</v>
       </c>
       <c r="Q30" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3206,54 +3206,54 @@
         <v>141</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P31" s="4">
         <v>5.01</v>
       </c>
       <c r="Q31" s="4">
-        <v>5.01</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3265,54 +3265,54 @@
         <v>144</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J32" s="13"/>
       <c r="K32" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P32" s="4">
         <v>6.83</v>
       </c>
       <c r="Q32" s="4">
-        <v>6.83</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3324,54 +3324,54 @@
         <v>147</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P33" s="4">
         <v>0.63</v>
       </c>
       <c r="Q33" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3383,54 +3383,54 @@
         <v>153</v>
       </c>
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13"/>
       <c r="K34" s="4" t="s">
         <v>154</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>155</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P34" s="4">
         <v>5.99</v>
       </c>
       <c r="Q34" s="4">
-        <v>5.99</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3442,54 +3442,54 @@
         <v>156</v>
       </c>
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13"/>
       <c r="K35" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P35" s="4">
         <v>5.11</v>
       </c>
       <c r="Q35" s="4">
-        <v>5.11</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3501,54 +3501,54 @@
         <v>159</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13"/>
       <c r="K36" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P36" s="4">
         <v>4.38</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.38</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3560,54 +3560,54 @@
         <v>162</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>163</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>164</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P37" s="4">
         <v>4.29</v>
       </c>
       <c r="Q37" s="4">
-        <v>4.29</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3619,54 +3619,54 @@
         <v>165</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P38" s="4">
         <v>9.62</v>
       </c>
       <c r="Q38" s="4">
-        <v>8.52</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>88.56</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3678,54 +3678,54 @@
         <v>168</v>
       </c>
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13"/>
       <c r="K39" s="4" t="s">
         <v>169</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>170</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P39" s="4">
         <v>8.25</v>
       </c>
       <c r="Q39" s="4">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>88.52</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3737,54 +3737,54 @@
         <v>171</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P40" s="4">
         <v>7.51</v>
       </c>
       <c r="Q40" s="4">
-        <v>7.18</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>95.64</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3796,54 +3796,54 @@
         <v>174</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P41" s="4">
         <v>2.52</v>
       </c>
       <c r="Q41" s="4">
-        <v>2.51</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>100</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3855,54 +3855,54 @@
         <v>177</v>
       </c>
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13"/>
       <c r="K42" s="4" t="s">
         <v>178</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>179</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>180</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>182</v>
       </c>
       <c r="P42" s="4">
         <v>9.65</v>
       </c>
       <c r="Q42" s="4">
-        <v>9.65</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>98</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3973,54 +3973,54 @@
         <v>186</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J44" s="13"/>
       <c r="K44" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P44" s="4">
         <v>4.3</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.26</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>99.14</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>95</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4032,54 +4032,54 @@
         <v>190</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13"/>
       <c r="K45" s="4" t="s">
         <v>191</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>192</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P45" s="4">
         <v>8.29</v>
       </c>
       <c r="Q45" s="4">
-        <v>7.34</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>88.49</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>100</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4091,54 +4091,54 @@
         <v>193</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J46" s="13"/>
       <c r="K46" s="4" t="s">
         <v>194</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>195</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P46" s="4">
         <v>4.74</v>
       </c>
       <c r="Q46" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>99.08</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>95</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4150,54 +4150,54 @@
         <v>196</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13"/>
       <c r="K47" s="4" t="s">
         <v>197</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>198</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P47" s="4">
         <v>0.84</v>
       </c>
       <c r="Q47" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>98</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4209,54 +4209,54 @@
         <v>201</v>
       </c>
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13"/>
       <c r="K48" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P48" s="4">
         <v>0.78</v>
       </c>
       <c r="Q48" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>98</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4268,54 +4268,54 @@
         <v>204</v>
       </c>
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13"/>
       <c r="K49" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P49" s="4">
         <v>0.98</v>
       </c>
       <c r="Q49" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>98</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4327,54 +4327,54 @@
         <v>207</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13"/>
       <c r="K50" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P50" s="4">
         <v>0.73</v>
       </c>
       <c r="Q50" s="4">
-        <v>0.73</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>98</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4386,54 +4386,54 @@
         <v>210</v>
       </c>
       <c r="I51" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J51" s="13"/>
       <c r="K51" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P51" s="4">
         <v>0.37</v>
       </c>
       <c r="Q51" s="4">
-        <v>0.37</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>98</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -4504,54 +4504,54 @@
         <v>216</v>
       </c>
       <c r="I53" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J53" s="13"/>
       <c r="K53" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>199</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>200</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P53" s="4">
         <v>0.78</v>
       </c>
       <c r="Q53" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>98</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -4565,54 +4565,54 @@
       <c r="I54" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P54" s="4">
         <v>0.84</v>
       </c>
       <c r="Q54" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>90</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4626,54 +4626,54 @@
       <c r="I55" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>225</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>226</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P55" s="4">
         <v>0.84</v>
       </c>
       <c r="Q55" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>90</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4687,54 +4687,54 @@
       <c r="I56" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>228</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>229</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P56" s="4">
         <v>0.78</v>
       </c>
       <c r="Q56" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4748,54 +4748,54 @@
       <c r="I57" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>233</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>234</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P57" s="4">
         <v>0.84</v>
       </c>
       <c r="Q57" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>90</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -4809,54 +4809,54 @@
       <c r="I58" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>236</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>237</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P58" s="4">
         <v>0.95</v>
       </c>
       <c r="Q58" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>100</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -4870,54 +4870,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>239</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>240</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P59" s="4">
         <v>0.84</v>
       </c>
       <c r="Q59" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>100</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4931,54 +4931,54 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P60" s="4">
         <v>0.84</v>
       </c>
       <c r="Q60" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>90</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -4992,54 +4992,54 @@
       <c r="I61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P61" s="4">
         <v>0.84</v>
       </c>
       <c r="Q61" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>90</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5053,54 +5053,54 @@
       <c r="I62" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>248</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>249</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P62" s="4">
         <v>0.84</v>
       </c>
       <c r="Q62" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>95</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5114,54 +5114,54 @@
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P63" s="4">
         <v>0.84</v>
       </c>
       <c r="Q63" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>95</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5175,54 +5175,54 @@
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P64" s="4">
         <v>0.84</v>
       </c>
       <c r="Q64" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>95</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5236,54 +5236,54 @@
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>258</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>259</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P65" s="4">
         <v>0.84</v>
       </c>
       <c r="Q65" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>95</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5297,54 +5297,54 @@
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>261</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>262</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P66" s="4">
         <v>0.84</v>
       </c>
       <c r="Q66" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5358,54 +5358,54 @@
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>264</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>265</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P67" s="4">
         <v>0.84</v>
       </c>
       <c r="Q67" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>90</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5419,54 +5419,54 @@
       <c r="I68" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>267</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>268</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>230</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>231</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P68" s="4">
         <v>0.78</v>
       </c>
       <c r="Q68" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>100</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F69" s="3" t="s">
         <v>23</v>
@@ -5480,54 +5480,54 @@
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>270</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>271</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P69" s="4">
         <v>0.84</v>
       </c>
       <c r="Q69" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>95</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5541,54 +5541,54 @@
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P70" s="4">
         <v>0.84</v>
       </c>
       <c r="Q70" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>95</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5602,54 +5602,54 @@
       <c r="I71" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>276</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>277</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P71" s="4">
         <v>0.84</v>
       </c>
       <c r="Q71" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>90</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5663,54 +5663,54 @@
       <c r="I72" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>279</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>280</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P72" s="4">
         <v>0.84</v>
       </c>
       <c r="Q72" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>90</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5724,54 +5724,54 @@
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>282</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>283</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P73" s="4">
         <v>0.84</v>
       </c>
       <c r="Q73" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>90</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -5785,54 +5785,54 @@
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>285</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>286</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P74" s="4">
         <v>0.84</v>
       </c>
       <c r="Q74" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>90</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -5846,54 +5846,54 @@
       <c r="I75" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P75" s="4">
         <v>0.84</v>
       </c>
       <c r="Q75" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>90</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -5907,54 +5907,54 @@
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>291</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>292</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P76" s="4">
         <v>0.84</v>
       </c>
       <c r="Q76" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>90</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -5968,54 +5968,54 @@
       <c r="I77" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>294</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>295</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P77" s="4">
         <v>0.84</v>
       </c>
       <c r="Q77" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>90</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -6029,54 +6029,54 @@
       <c r="I78" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>297</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>298</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P78" s="4">
         <v>0.84</v>
       </c>
       <c r="Q78" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>90</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -6246,54 +6246,54 @@
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="7" t="s">
         <v>307</v>
       </c>
       <c r="B82" s="7"/>
       <c r="C82" s="7"/>
       <c r="D82" s="7"/>
       <c r="E82" s="11"/>
       <c r="F82" s="7"/>
       <c r="G82" s="7"/>
       <c r="H82" s="14"/>
       <c r="I82" s="14"/>
       <c r="J82" s="14"/>
       <c r="K82" s="8"/>
       <c r="L82" s="8"/>
       <c r="M82" s="8"/>
       <c r="N82" s="8"/>
       <c r="O82" s="8">
         <v>731.06</v>
       </c>
       <c r="P82" s="8">
-        <v>622.57</v>
+        <v>0</v>
       </c>
       <c r="Q82" s="8">
-        <v>85.16</v>
+        <v>0</v>
       </c>
       <c r="R82" s="8"/>
       <c r="S82" s="8"/>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A82:N82"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>