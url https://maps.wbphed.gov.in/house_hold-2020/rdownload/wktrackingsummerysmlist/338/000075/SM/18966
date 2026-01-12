--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,294 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>HOOGHLY</t>
+  </si>
+  <si>
+    <t>Electrical</t>
+  </si>
+  <si>
+    <t>Source Augmentation of CHIKRAND ZONE-I Piped Water Supply Scheme by installing Two (2) nos. Tube Wells including Connection with Distribution, Switch Room and other allied work to meet up the additional water demand induced after execution of FHTC by loca</t>
+  </si>
+  <si>
+    <t>SM/18966</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Source Augmentation of CHIKRAND ZONE-I Piped Water Supply Scheme Block- Chanditala-II District- Hooghly under JJM Program under Electrical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 1</t>
+  </si>
+  <si>
+    <t>Junior Engineer2</t>
+  </si>
+  <si>
+    <t>ORD/001294/2023-2024</t>
+  </si>
+  <si>
+    <t>4526/ED</t>
+  </si>
+  <si>
+    <t>23/11/2023</t>
+  </si>
+  <si>
+    <t>21/02/2024</t>
+  </si>
+  <si>
+    <t>DEBJYOTI BASU</t>
+  </si>
+  <si>
+    <t>Hooghly Division</t>
+  </si>
+  <si>
+    <t>Laying Distribution of left out portion of pipeline to restore the water supply at Chikrand Jalapara &amp; Bankagacha (part) and other allied works at Chikrand (Zone-I) Water Supply Scheme within Chanditala-II Block under Serampore Sub-Division of Hooghly Division, P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>Assistant Engineer (Civil)</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civill)</t>
+  </si>
+  <si>
+    <t>ORD/000863/2023-2024</t>
+  </si>
+  <si>
+    <t>746/HUG</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>AMBIAN INFRASTRUCTURE</t>
+  </si>
+  <si>
+    <t>Laying Distribution of left out portion and Land Development at Chikrand Jalapara at Chikrand (Zone-I) Water Supply Scheme within Chanditala-II Block under Serampore Sub-Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000861/2023-2024</t>
+  </si>
+  <si>
+    <t>745/HUG</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>SADHUKHAN ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for CHIKRAND MINI PIPED W/S SCHEME, Block: Chanditala-II, District - Hooghly under JJM Program under Electrical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000395/2024-2025</t>
+  </si>
+  <si>
+    <t>1479/ED</t>
+  </si>
+  <si>
+    <t>25/07/2024</t>
+  </si>
+  <si>
+    <t>23/10/2024</t>
+  </si>
+  <si>
+    <t>SHIVAM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for CHIKRAND PIPED W/S SCHEME, Zone - I, T.W. No. IV, Block: Chanditala - II, District - Hooghly under JJM Program under Electrical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000176/2024-2025</t>
+  </si>
+  <si>
+    <t>1200/ED</t>
+  </si>
+  <si>
+    <t>14/06/2024</t>
+  </si>
+  <si>
+    <t>12/09/2024</t>
+  </si>
+  <si>
+    <t>NITESH MANAGEMENT</t>
+  </si>
+  <si>
+    <t>Sinking of 5 nos. 300 X200 mm dia Tube Well 240 mtr. Depth by D.R. Rig method using UPVC pipe (CD) and UPVC Deep Well Screen (RDS) at MAINAN(1No.),CHIKRAND ZONE-I (1No.),CHIKRAND ZONE-II (1No.) ,CHANDITALA (2NOS.) W/S Scheme under Hooghly Division, P.H.E. Dte.(SOURCE AUGMENTATION)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Assistant Engineer (Civil)</t>
+  </si>
+  <si>
+    <t>ORD/000622/2023-2024</t>
+  </si>
+  <si>
+    <t>3388/HUG</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>06/01/2024</t>
+  </si>
+  <si>
+    <t>SPG ENTERPRISES</t>
+  </si>
+  <si>
+    <t>Construction of 4 Nos. 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, 4 Nos. Boundary Wall in Proposed T.W Site, Laying rising main pipe for inter connection between 4 Nos. T.W &amp; Distribution at CHIKRAND ZONE-I (1No.), CHIKRAND ZONE-II (1No.), CHANDITALA (2NOS.) W/S Scheme under Hooghly Division, P.H.E. Dte. (SOURCE AUGMENTATION)</t>
+  </si>
+  <si>
+    <t>ORD/000598/2023-2024</t>
+  </si>
+  <si>
+    <t>3313/HUG</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>S.D ENTERPRISE (SAMIR KR. DAS)</t>
+  </si>
+  <si>
+    <t>Laying Distribution of left out portion of pipeline at Chikrand Water Supply Scheme within Chanditala-II Block under Serampore Sub-Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000901/2023-2024</t>
+  </si>
+  <si>
+    <t>822/HUG</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>10/04/2024</t>
+  </si>
+  <si>
+    <t>S D ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Designing making and erection of Display Board using logo and tag line of JalJeevan Mission to be placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under Serampore Sub Division under Hooghly Division PHE Dte. 1. Piarapur (P) village under Piarapur PWSS (2 nos.) 2. Baksa village under Baksa PWSS (2 nos.) 3. Naiti village under Chikrand PWSS (2 nos.)</t>
+  </si>
+  <si>
+    <t>ORD/001029/2023-2024</t>
+  </si>
+  <si>
+    <t>169/SER</t>
+  </si>
+  <si>
+    <t>18/03/2024</t>
+  </si>
+  <si>
+    <t>JOY GURU ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Quotation money deposition for new service connection at Chikrand w/s scheme, Dist.-Hooghly under PHE Dte. Application No- 5004377254 Reference ID- 503729858 SM Code- 18966</t>
+  </si>
+  <si>
+    <t>BILL/02275/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-24-25-584</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Sinking of Tubewell,Construction of Switch Room,Boundary wall,and rising main with interconnection at Danbatipur ,Chikrand W/s Scheme(Zone-1)Danbatipur , Naity; Chanditala-II Block underSerampore Sub-Division of Hooghly Division PHE Dte..</t>
+  </si>
+  <si>
+    <t>ORD/000438/2024-2025</t>
+  </si>
+  <si>
+    <t>4042/HUG</t>
+  </si>
+  <si>
+    <t>19/12/2024</t>
+  </si>
+  <si>
+    <t>20/06/2025</t>
+  </si>
+  <si>
+    <t>M/S T.K.B. CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Sinking of 1(one) No Big dia tube well (250 mm X 150mm) with supply of PVC Pipe and strainer and having depth upto 150Mtr at 3rd TW site of Chikrand Zone-I W/S Scheme under Serampore Sub-Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000123/2022-2023</t>
+  </si>
+  <si>
+    <t>1273/HUG</t>
+  </si>
+  <si>
+    <t>23/06/2022</t>
+  </si>
+  <si>
+    <t>23/07/2022</t>
+  </si>
+  <si>
+    <t>M/S SYCHROTECH INDUSTRY</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +394,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +747,929 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="36.419678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>10.75</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>10.46</v>
+      </c>
+      <c r="R3" s="4">
+        <v>97.38</v>
+      </c>
+      <c r="S3" s="4">
+        <v>90</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" s="4">
+        <v>23.36</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>9.41</v>
+      </c>
+      <c r="R4" s="4">
+        <v>40.27</v>
+      </c>
+      <c r="S4" s="4">
+        <v>50</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" s="4">
+        <v>59.95</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>8.96</v>
+      </c>
+      <c r="R5" s="4">
+        <v>14.95</v>
+      </c>
+      <c r="S5" s="4">
+        <v>80</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" s="4">
+        <v>7.58</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" s="4">
+        <v>10.72</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" s="4">
+        <v>87.88</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>14.26</v>
+      </c>
+      <c r="R8" s="4">
+        <v>16.23</v>
+      </c>
+      <c r="S8" s="4">
+        <v>100</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>67</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" s="4">
+        <v>47.18</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>11.75</v>
+      </c>
+      <c r="R9" s="4">
+        <v>24.9</v>
+      </c>
+      <c r="S9" s="4">
+        <v>40</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" s="4">
+        <v>24.19</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>22.77</v>
+      </c>
+      <c r="R10" s="4">
+        <v>94.13</v>
+      </c>
+      <c r="S10" s="4">
+        <v>80</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" s="4">
+        <v>0.95</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>0.95</v>
+      </c>
+      <c r="R11" s="4">
+        <v>100</v>
+      </c>
+      <c r="S11" s="4">
+        <v>80</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" s="4">
+        <v>5.2</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>0</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I13" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" s="4">
+        <v>47.79</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>25</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J14" s="13"/>
+      <c r="K14" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" s="4">
+        <v>8.2</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>98</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>333.75</v>
+      </c>
+      <c r="P15" s="8">
+        <v>78.57</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>23.54</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>