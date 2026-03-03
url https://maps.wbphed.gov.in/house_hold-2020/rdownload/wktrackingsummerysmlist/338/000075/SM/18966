--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -910,54 +910,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>10.75</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.38</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -971,54 +971,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>23.36</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.41</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>40.27</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1032,54 +1032,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>59.95</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>14.95</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>80</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1215,54 +1215,54 @@
       <c r="I8" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P8" s="4">
         <v>87.88</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.26</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>16.23</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1276,54 +1276,54 @@
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P9" s="4">
         <v>47.18</v>
       </c>
       <c r="Q9" s="4">
-        <v>11.75</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>24.9</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>40</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1337,54 +1337,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P10" s="4">
         <v>24.19</v>
       </c>
       <c r="Q10" s="4">
-        <v>22.77</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>94.13</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1398,54 +1398,54 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P11" s="4">
         <v>0.95</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>80</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1609,54 +1609,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>101</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>333.75</v>
       </c>
       <c r="P15" s="8">
-        <v>78.57</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>23.54</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>