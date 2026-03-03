--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -203,69 +203,69 @@
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer (Civill),Khanakul 2 Block Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000551/2023-2024</t>
   </si>
   <si>
     <t>3168/HUG</t>
   </si>
   <si>
     <t>19/10/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Field level data validation of FHTC executed by various agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute house hold by verification through electric connection or any other unique documents and making error free database in different pipe water supply scheme under Khanakul I &amp; II Block in the District of Hooghly under Arambagh Sub Division under Hooghly Division, PHE Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer (Civill)</t>
+  </si>
+  <si>
     <t>ORD/001929/2024-2025</t>
   </si>
   <si>
     <t>463/HUG</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>Designing making and erection of Display Board using logo and tag line of LAND DEMARCATION OF P.H.E. Dte. to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under ARAMBAGH Sub Division under Hooghly Division PHE Dte. (1) NOAPARA PWSS- 1 no¿s, (2) HAYATPUR PWSS- 2 no¿s, (3) HIRAPUR PWSS (Z-I)- 1 no¿s, (4) HIRAPUR PWSS (Z-II)- 1 no¿s (5) MAROKHANA PWSS (Z-I)- 1 no¿s, (6) MOSTAFAPUR PWSS- 2 no¿s, (7) NATIBPUR PWSS- 2 no¿s, (8) ROUTHKHANA PWSS- 1 no¿s, (9) HARISCHAK PWSS- 2 no¿s, (10) PALASPAI PWSS- 1 no¿s</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer (Civill)</t>
   </si>
   <si>
     <t>ORD/002746/2024-2025</t>
   </si>
   <si>
     <t>1154/Arg</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>10/01/2025</t>
   </si>
   <si>
     <t>HAZRA CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1074,54 +1074,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>17.37</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.61</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>61.1</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>15</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1137,152 +1137,156 @@
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>5743.06</v>
       </c>
       <c r="Q8" s="4">
-        <v>208.21</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>3.63</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="I9" s="13"/>
-      <c r="J9" s="13"/>
+      <c r="I9" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>63</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>14.8</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>0.98</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
@@ -1293,54 +1297,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>5816.01</v>
       </c>
       <c r="P11" s="8">
-        <v>218.82</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>3.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>