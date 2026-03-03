--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1172,54 +1172,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P7" s="4">
         <v>20.35</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1235,54 +1235,54 @@
       <c r="I8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P8" s="4">
         <v>21.36</v>
       </c>
       <c r="Q8" s="4">
-        <v>20.72</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.98</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>30</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1357,54 +1357,54 @@
       <c r="I10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>47.63</v>
       </c>
       <c r="Q10" s="4">
-        <v>44.24</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>92.89</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1774,54 +1774,54 @@
       <c r="I17" s="13" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P17" s="4">
         <v>963.28</v>
       </c>
       <c r="Q17" s="4">
-        <v>648.11</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>67.28</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>5</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1989,54 +1989,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1248.08</v>
       </c>
       <c r="P21" s="8">
-        <v>732.87</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>58.72</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>