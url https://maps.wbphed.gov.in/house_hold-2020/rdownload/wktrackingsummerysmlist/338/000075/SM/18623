--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1185,54 +1185,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>0.87</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>19.48</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1307,54 +1307,54 @@
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>0.72</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>59.87</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1370,54 +1370,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>0.68</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.68</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1433,54 +1433,54 @@
       <c r="I10" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>0.84</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1496,54 +1496,54 @@
       <c r="I11" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>0.84</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -2385,54 +2385,54 @@
       <c r="I26" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P26" s="4">
         <v>3243.22</v>
       </c>
       <c r="Q26" s="4">
-        <v>469.55</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>14.48</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>9</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
@@ -2448,54 +2448,54 @@
       <c r="I27" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P27" s="4">
         <v>21.37</v>
       </c>
       <c r="Q27" s="4">
-        <v>15.91</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>74.45</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>60</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
@@ -2511,88 +2511,88 @@
       <c r="I28" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>129</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>130</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P28" s="4">
         <v>20.26</v>
       </c>
       <c r="Q28" s="4">
-        <v>14.32</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>70.68</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>60</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>3465.3</v>
       </c>
       <c r="P29" s="8">
-        <v>502.75</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>14.51</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>