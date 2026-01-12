--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -186,50 +186,74 @@
     <t>16/10/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Field level data validation of FHTC executed by various agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute house hold by verification through electric connection or any other unique documents and making error free database in different pipe water supply scheme under Khanakul I &amp; II Block in the District of Hooghly under Arambagh Sub Division under Hooghly Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001929/2024-2025</t>
   </si>
   <si>
     <t>463/HUG</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>TECHVISION</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Mahisgot water supply scheme, Zone-I, T.W. No.- I &amp; II, Block: Khanakul-I, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 2</t>
+  </si>
+  <si>
+    <t>Junior Engineer4</t>
+  </si>
+  <si>
+    <t>ORD/000914/2023-2024</t>
+  </si>
+  <si>
+    <t>3585/ED</t>
+  </si>
+  <si>
+    <t>28/08/2023</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>GLACIER ENGINEERING CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -618,51 +642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W9"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1092,87 +1116,150 @@
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>14.8</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
-      <c r="A9" s="7" t="s">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="B9" s="7"/>
-[...22 lines deleted...]
-      <c r="S9" s="8"/>
+      <c r="I9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" s="4">
+        <v>20.6</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>11.74</v>
+      </c>
+      <c r="R9" s="4">
+        <v>57.01</v>
+      </c>
+      <c r="S9" s="4">
+        <v>10</v>
+      </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>3590.59</v>
+      </c>
+      <c r="P10" s="8">
+        <v>371.13</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>10.34</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A9:N9"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>