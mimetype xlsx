--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1043,90 +1043,94 @@
       <c r="I7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>3480.01</v>
       </c>
       <c r="Q7" s="4">
-        <v>359.39</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>10.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>45</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="I8" s="13"/>
-      <c r="J8" s="13"/>
+      <c r="I8" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>46</v>
+      </c>
       <c r="K8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>14.8</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
@@ -1165,88 +1169,88 @@
       <c r="I9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>20.6</v>
       </c>
       <c r="Q9" s="4">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>57.01</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>10</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>3590.59</v>
       </c>
       <c r="P10" s="8">
-        <v>371.13</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>10.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>