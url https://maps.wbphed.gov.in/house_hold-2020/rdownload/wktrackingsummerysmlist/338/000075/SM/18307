--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -195,50 +195,74 @@
     <t>28/07/2023</t>
   </si>
   <si>
     <t>01/04/2026</t>
   </si>
   <si>
     <t>P.B. ENTERPRISE (PINTU BHADURI)</t>
   </si>
   <si>
     <t>Designing making and erection of Display Board using logo and tag line of LAND DEMARCATION OF P.H.E. Dte. to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under ARAMBAGH Sub Division under Hooghly Division PHE Dte. (1) SELALPUR PWSS - 4no's (2) TIROL PWSS (Z-I)- 4 no's (3) KUMURSA PWSS- 2no's (4) MADHABPUR PWSS- 4no's</t>
   </si>
   <si>
     <t>ORD/002743/2024-2025</t>
   </si>
   <si>
     <t>1151/Arg</t>
   </si>
   <si>
     <t>10/12/2024</t>
   </si>
   <si>
     <t>10/01/2025</t>
   </si>
   <si>
     <t>DHIRENDRA ENGINEERING &amp; CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Kumursa water supply scheme, T.W. No.- I &amp; II, Block: Goghat-I, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 2</t>
+  </si>
+  <si>
+    <t>Junior Engineer4</t>
+  </si>
+  <si>
+    <t>ORD/000811/2023-2024</t>
+  </si>
+  <si>
+    <t>3156/ED</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>ANJAN ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -627,51 +651,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1087,54 +1111,54 @@
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>660.63</v>
       </c>
       <c r="Q8" s="4">
-        <v>421.28</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>63.77</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1164,87 +1188,150 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>0.98</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="7" t="s">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B10" s="7"/>
-[...22 lines deleted...]
-      <c r="S10" s="8"/>
+      <c r="I10" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="P10" s="4">
+        <v>21.46</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>50</v>
+      </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>782.81</v>
+      </c>
+      <c r="P11" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>0</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>