--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -183,50 +183,83 @@
     <t>26/12/2024</t>
   </si>
   <si>
     <t>26/03/2025</t>
   </si>
   <si>
     <t>R.K. TRADERS</t>
   </si>
   <si>
     <t>Designing making and erection of Display Board using logo and tag line of LAND DEMARCATION OF P.H.E. Dte. to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under ARAMBAGH Sub Division under Hooghly Division PHE Dte. (1) KHANAKUL PWSS - 6 nos (2) KRISHNANAGAR PWSS - 4nos (3) PATUL PWSS - 4nos</t>
   </si>
   <si>
     <t>ORD/002646/2024-2025</t>
   </si>
   <si>
     <t>810/Arg</t>
   </si>
   <si>
     <t>23/08/2024</t>
   </si>
   <si>
     <t>22/09/2024</t>
   </si>
   <si>
     <t>HAZRA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, Boundary Wall in Proposed T.W Site, Laying rising main pipe for inter connection between T.W &amp; Distribution For Source Augmentation of Patul Piped Water Supply Scheme under Arambagh Sub-Division of Hooghly Division P.HE Dte. within KHANAKUL-I Block.</t>
+  </si>
+  <si>
+    <t>ORD/000076/2023-2024</t>
+  </si>
+  <si>
+    <t>1310/HUG</t>
+  </si>
+  <si>
+    <t>10/05/2023</t>
+  </si>
+  <si>
+    <t>14/01/2025</t>
+  </si>
+  <si>
+    <t>MUNSHI TAJUDDIN</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF PATUL Piped Water Supply Scheme with Sinking of tube-well, LDS, Rising Main, FHTC, Construction of 200 cum capacity RCC OHR with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch-rooms &amp; boundary walls at different TW site under KHANAKUL-I Block, District:- Hooghly [AUGMENTATION SCHEME]</t>
+  </si>
+  <si>
+    <t>ORD/000271/2023-2024</t>
+  </si>
+  <si>
+    <t>2288/HUG</t>
+  </si>
+  <si>
+    <t>03/08/2023</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -615,51 +648,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W8"/>
+  <dimension ref="A1:W10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1028,87 +1061,209 @@
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>0.98</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
-      <c r="A8" s="7" t="s">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B8" s="7"/>
-[...22 lines deleted...]
-      <c r="S8" s="8"/>
+      <c r="I8" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" s="4">
+        <v>11.82</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>99</v>
+      </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P9" s="4">
+        <v>271.15</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>176.31</v>
+      </c>
+      <c r="R9" s="4">
+        <v>65.02</v>
+      </c>
+      <c r="S9" s="4">
+        <v>45</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="14"/>
+      <c r="I10" s="14"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="8"/>
+      <c r="L10" s="8"/>
+      <c r="M10" s="8"/>
+      <c r="N10" s="8"/>
+      <c r="O10" s="8">
+        <v>326.36</v>
+      </c>
+      <c r="P10" s="8">
+        <v>186.66</v>
+      </c>
+      <c r="Q10" s="8">
+        <v>57.2</v>
+      </c>
+      <c r="R10" s="8"/>
+      <c r="S10" s="8"/>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>