--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -868,54 +868,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>10.74</v>
       </c>
       <c r="Q4" s="4">
-        <v>10.35</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>96.36</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>30</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1169,88 +1169,88 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P9" s="4">
         <v>271.15</v>
       </c>
       <c r="Q9" s="4">
-        <v>176.31</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>65.02</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>326.36</v>
       </c>
       <c r="P10" s="8">
-        <v>186.66</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>57.2</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>