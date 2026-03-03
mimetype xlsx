--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,204 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>HOOGHLY</t>
+  </si>
+  <si>
+    <t>Dhaniakhali</t>
+  </si>
+  <si>
+    <t>Electrical</t>
+  </si>
+  <si>
+    <t>SHRIRAMPUR PIPED W/S SCHEME UNDER DHANIAKHALI BLOCK</t>
+  </si>
+  <si>
+    <t>SM/13337</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for Shrirampur water supply scheme, T.W. No. I &amp; II, Block: Dhaniakhali, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer1</t>
+  </si>
+  <si>
+    <t>ORD/000089/2023-2024</t>
+  </si>
+  <si>
+    <t>2068/ED</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>28/08/2023</t>
+  </si>
+  <si>
+    <t>PURUSHOTTAM ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Hooghly Division</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000492/2023-2024</t>
+  </si>
+  <si>
+    <t>3059/18/Hug</t>
+  </si>
+  <si>
+    <t>11/10/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000127/2023-2024</t>
+  </si>
+  <si>
+    <t>1264/22/HUG</t>
+  </si>
+  <si>
+    <t>03/05/2023</t>
+  </si>
+  <si>
+    <t>Sinking of 5 nos. 300 X200 mm dia Tube Well 210 mtr. Depth by D.R. Rig method using UPVC pipe (CD) and UPVC Deep Well Screen (RDS) For DASHGHARA ZONE-II (1 NO.), GURBARI, SHRIRAMPUR W/S Scheme under CHISURAH Sub-Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer (Civil)</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civill)</t>
+  </si>
+  <si>
+    <t>ORD/000325/2023-2024</t>
+  </si>
+  <si>
+    <t>2408/HUG</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
+  </si>
+  <si>
+    <t>GEE BEE NIRMAN CO PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>ROAD RESTORATION PAYMENT TO PWD FOR BHANDARHATI KUMRUL ROAD</t>
+  </si>
+  <si>
+    <t>BILL/00662/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-2024-25-499</t>
+  </si>
+  <si>
+    <t>26/09/2024</t>
+  </si>
+  <si>
+    <t>EXECUTIVE ENGINEER, HOOGHLY DIVISION PWD</t>
+  </si>
+  <si>
+    <t>Construction of Different Capacity RCC Over Head Reservoir over Pile/Raft Foundation including Sub-soil investigation works for OHR, with Laying Distribution System Providing Functional House hold Tap Connection for BISHNUPUR, DOSGHARA(zone-I), DOSGHARA(zone-II), GURBARI &amp; SRIRAMPUR Piped Water Supply Scheme within DHANIAKHALI block under chinshuraH Sub-Division of Hooghly division, PHE Dte. Under Hooghly district in connection with JJM.</t>
+  </si>
+  <si>
+    <t>ORD/000232/2023-2024</t>
+  </si>
+  <si>
+    <t>2066/HUG</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>02/08/2025</t>
+  </si>
+  <si>
+    <t>Laying of Rising main with necessary interconnection with T.W., OHR &amp; Distribution System ,Construction of switch-rooms &amp; boundary walls at different TW site for Shrirampur Piped Water Supply Scheme under Chinsurah Sub-Division Block-Dhaniakhali , District:- Hooghly</t>
+  </si>
+  <si>
+    <t>ORD/000334/2023-2024</t>
+  </si>
+  <si>
+    <t>2418/HUG</t>
+  </si>
+  <si>
+    <t>22/03/2025</t>
+  </si>
+  <si>
+    <t>Field level data validation of FHTC executed by various Agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database in different Pipe Water Supply Scheme under Dhaniakhali Block (Part-IV) in the District of Hooghly under Chinsurah Sub Division under Hooghly Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002234/2024-2025</t>
+  </si>
+  <si>
+    <t>408/CH</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>25/03/2025</t>
+  </si>
+  <si>
+    <t>TECHVISION</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +304,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +657,693 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="48.273926" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="D3" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" s="4">
+        <v>20.35</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" s="4">
+        <v>16.31</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P5" s="4">
+        <v>21.65</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" s="4">
+        <v>81.62</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>20</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" s="4">
+        <v>5.52</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>0</v>
+      </c>
+      <c r="R7" s="4">
+        <v>0</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P8" s="4">
+        <v>2255.89</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>0</v>
+      </c>
+      <c r="R8" s="4">
+        <v>0</v>
+      </c>
+      <c r="S8" s="4">
+        <v>20</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P9" s="4">
+        <v>52.91</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>25</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" s="4">
+        <v>4.2</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>0</v>
+      </c>
+      <c r="R10" s="4">
+        <v>0</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>2458.45</v>
+      </c>
+      <c r="P11" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>0</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>