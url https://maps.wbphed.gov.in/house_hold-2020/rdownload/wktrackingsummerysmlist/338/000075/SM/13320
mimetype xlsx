--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,201 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>HOOGHLY</t>
+  </si>
+  <si>
+    <t>Goghat-I</t>
+  </si>
+  <si>
+    <t>Hooghly Division</t>
+  </si>
+  <si>
+    <t>GROUND WATER BASED KOTA PIPED WATER SUPPLY SCHEME IN GOGHAT-I BLOCK UNDER HOOGHLY, HOOGHLY DISTRICT</t>
+  </si>
+  <si>
+    <t>SM/13320</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000053/2023-2024</t>
+  </si>
+  <si>
+    <t>1234/24/Hug</t>
+  </si>
+  <si>
+    <t>28/04/2023</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000416/2023-2024</t>
+  </si>
+  <si>
+    <t>3057/42/Hug</t>
+  </si>
+  <si>
+    <t>11/10/2023</t>
+  </si>
+  <si>
+    <t>Electrical</t>
+  </si>
+  <si>
+    <t>Quotation of New Service Connection for Kota w/s Scheme,PH No-I Block-Goghat-I Dist-Hooghly under ED,PHE Dte (SM/13320) Application No-5004009660 Reference Id-503561831</t>
+  </si>
+  <si>
+    <t>BILL/06048/2023-2024</t>
+  </si>
+  <si>
+    <t>08/02/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Quotation of New Service Connection for KOTA w/s scheme PH No-2 Block-Goghat-I Dist-Hooghly under ED,PHE Dte. (SM/13320) Application No-5004018773 Reference Id-503565232</t>
+  </si>
+  <si>
+    <t>BILL/06101/2023-2024</t>
+  </si>
+  <si>
+    <t>16/02/2024</t>
+  </si>
+  <si>
+    <t>GOBINDANAGAR (ZONE-I), KOTA, KUMURSA Piped Water Supply Scheme with TW, Switch room, boundary wall, rising main, LDS, FHTC &amp; construction of RCC OHR with 20 mtr. Staging height including soil investigation work at GOGHAT-I Block under ARAMBAGH Sub-Division Under Hooghly Division PHE Dte</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civill)</t>
+  </si>
+  <si>
+    <t>ORD/000159/2023-2024</t>
+  </si>
+  <si>
+    <t>1602/HUG</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>01/04/2026</t>
+  </si>
+  <si>
+    <t>P.B. ENTERPRISE (PINTU BHADURI)</t>
+  </si>
+  <si>
+    <t>Sinking of 2 Nos. Additional tube-well, Rising Main for inter connection between T.W &amp; Distribution, construction of 2nos. switch-room &amp; boundary wall for KOTA Piped Water Supply Scheme underARAMBAGH Sub Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000245/2024-2025</t>
+  </si>
+  <si>
+    <t>3465/HUG</t>
+  </si>
+  <si>
+    <t>04/10/2024</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>P. B. ENTERPRISE(PINTU BHADURI)</t>
+  </si>
+  <si>
+    <t>Designing making and erection of Display Board using logo and tag line of LAND DEMARCATION OF P.H.E. Dte. to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under ARAMBAGH Sub Division under Hooghly Division PHE Dte. (1) PUKHURIA PWSS- 3 nos (2) SELAMPUR PWSS (Z-I)- 2 nos (3) SHANTIPUR PWSS (Z-I)- 1 nos (4) KOTA PWSS - 4nos (5) SUNIA PWSS - 4nos</t>
+  </si>
+  <si>
+    <t>ORD/002741/2024-2025</t>
+  </si>
+  <si>
+    <t>1149/Arg</t>
+  </si>
+  <si>
+    <t>10/12/2024</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>TITAS CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Kota water supply scheme, T.W. No.- I &amp; II, Block: Goghat-I, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 2 ,Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer4</t>
+  </si>
+  <si>
+    <t>ORD/000174/2022-2023</t>
+  </si>
+  <si>
+    <t>767/ED</t>
+  </si>
+  <si>
+    <t>09/02/2023</t>
+  </si>
+  <si>
+    <t>16/08/2025</t>
+  </si>
+  <si>
+    <t>HINDUSTAN ENGINEERING CORPORATION (E&amp;M)</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +301,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +654,691 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="47.131348" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="5"/>
-[...18 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="C3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="D3" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="P3" s="4">
+        <v>74.78</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>0</v>
+      </c>
+      <c r="R3" s="4">
+        <v>0</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="I4" s="13"/>
+      <c r="J4" s="13"/>
+      <c r="K4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="P4" s="4">
+        <v>14.17</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>0</v>
+      </c>
+      <c r="R4" s="4">
+        <v>0</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" s="4">
+        <v>742</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P5" s="4">
+        <v>3.97</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="I6" s="13"/>
+      <c r="J6" s="13"/>
+      <c r="K6" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L6" s="4">
+        <v>765</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" s="4">
+        <v>4.68</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P7" s="4">
+        <v>1078.43</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>292.77</v>
+      </c>
+      <c r="R7" s="4">
+        <v>27.15</v>
+      </c>
+      <c r="S7" s="4">
+        <v>65</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="P8" s="4">
+        <v>53.65</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>14.79</v>
+      </c>
+      <c r="R8" s="4">
+        <v>27.57</v>
+      </c>
+      <c r="S8" s="4">
+        <v>50</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" s="4">
+        <v>0.98</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>0</v>
+      </c>
+      <c r="R9" s="4">
+        <v>0</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" s="4">
+        <v>21.06</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>20.33</v>
+      </c>
+      <c r="R10" s="4">
+        <v>96.5</v>
+      </c>
+      <c r="S10" s="4">
+        <v>40</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>1251.72</v>
+      </c>
+      <c r="P11" s="8">
+        <v>327.89</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>26.19</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>