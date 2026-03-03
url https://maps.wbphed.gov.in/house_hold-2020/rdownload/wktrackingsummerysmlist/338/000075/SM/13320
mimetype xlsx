--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1055,54 +1055,54 @@
       <c r="I7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>1078.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>292.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>27.15</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>65</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1118,54 +1118,54 @@
       <c r="I8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>53.65</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.79</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>27.57</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>50</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1244,88 +1244,88 @@
       <c r="I10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>21.06</v>
       </c>
       <c r="Q10" s="4">
-        <v>20.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.5</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1251.72</v>
       </c>
       <c r="P11" s="8">
-        <v>327.89</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>26.19</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>