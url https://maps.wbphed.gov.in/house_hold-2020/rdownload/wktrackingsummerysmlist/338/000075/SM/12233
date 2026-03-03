--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -213,50 +213,53 @@
     <t>NATIBPUR, ROUTHKHANA, HIRAPUR(ZONE-I), HIRAPUR(ZONE-II) , HAYATPUR, MOSTAFAPUR, CHINRA(ZONE-I), CHTNRA( ZONE-I), MARAKHANA(ZONE-I), MARAKHANA(ZONE-II) Piped Water Supply Scheme with T.W, SWITCH ROOM, BOUNDARY WALL, RISING MAIN, LDS, FHTC &amp; Construction of different capacity OHR with 20 mtr. staging height including Soil Investigation work at KHANAKUL-II Block under ARAMBAGH Sub-Division of Hooghly Division PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer (Civill),Khanakul 2 Block Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000551/2023-2024</t>
   </si>
   <si>
     <t>3168/HUG</t>
   </si>
   <si>
     <t>19/10/2023</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>MACKINTOSH BURN LIMITED</t>
   </si>
   <si>
     <t>Field level data validation of FHTC executed by various agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute house hold by verification through electric connection or any other unique documents and making error free database in different pipe water supply scheme under Khanakul I &amp; II Block in the District of Hooghly under Arambagh Sub Division under Hooghly Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civill)</t>
   </si>
   <si>
     <t>ORD/001929/2024-2025</t>
   </si>
   <si>
     <t>463/HUG</t>
   </si>
   <si>
     <t>20/02/2025</t>
   </si>
   <si>
     <t>06/04/2025</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1246,147 +1249,151 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>5743.06</v>
       </c>
       <c r="Q10" s="4">
-        <v>369.63</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>6.44</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="I11" s="13"/>
-      <c r="J11" s="13"/>
+      <c r="I11" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>67</v>
+      </c>
       <c r="K11" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>14.8</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>5878.61</v>
       </c>
       <c r="P12" s="8">
-        <v>369.63</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>6.29</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>