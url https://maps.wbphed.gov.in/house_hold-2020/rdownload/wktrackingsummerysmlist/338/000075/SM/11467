--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -994,54 +994,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.74</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.68</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.55</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1112,54 +1112,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>7.5</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1169,54 +1169,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>4.21</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1291,54 +1291,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>52.81</v>
       </c>
       <c r="Q8" s="4">
-        <v>52.81</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1350,54 +1350,54 @@
         <v>64</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>2.99</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.99</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>69</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1411,54 +1411,54 @@
       <c r="I10" s="13" t="s">
         <v>71</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P10" s="4">
         <v>12.66</v>
       </c>
       <c r="Q10" s="4">
-        <v>9.62</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>75.97</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1700,54 +1700,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P15" s="4">
         <v>191.47</v>
       </c>
       <c r="Q15" s="4">
-        <v>145.99</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>76.25</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>70</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1761,54 +1761,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P16" s="4">
         <v>86.64</v>
       </c>
       <c r="Q16" s="4">
-        <v>82.65</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>95.39</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>70</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1822,54 +1822,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
         <v>13.54</v>
       </c>
       <c r="Q17" s="4">
-        <v>13.54</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1883,54 +1883,54 @@
       <c r="I18" s="13" t="s">
         <v>107</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P18" s="4">
         <v>10.96</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.91</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.5</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2001,54 +2001,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>31.41</v>
       </c>
       <c r="Q20" s="4">
-        <v>21.27</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>67.72</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2096,54 +2096,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>666.05</v>
       </c>
       <c r="P22" s="8">
-        <v>355.16</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>53.32</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>