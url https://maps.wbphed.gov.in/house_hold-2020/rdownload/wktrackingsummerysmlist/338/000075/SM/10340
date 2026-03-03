--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1403,54 +1403,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>4.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>6.85</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>146.32</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1460,54 +1460,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>14.58</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.25</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>77.2</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1521,54 +1521,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P9" s="4">
         <v>1.42</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.37</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.25</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1759,54 +1759,54 @@
       <c r="I13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>10.19</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>96.72</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1881,54 +1881,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>11.32</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.33</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>91.27</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1942,54 +1942,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P16" s="4">
         <v>12.72</v>
       </c>
       <c r="Q16" s="4">
-        <v>12.45</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>97.84</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1999,54 +1999,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>104</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P17" s="4">
         <v>4</v>
       </c>
       <c r="Q17" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>59.61</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2056,54 +2056,54 @@
       </c>
       <c r="H18" s="13" t="s">
         <v>109</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P18" s="4">
         <v>0.11</v>
       </c>
       <c r="Q18" s="4">
-        <v>0.11</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2459,54 +2459,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>135</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P25" s="4">
         <v>602.3</v>
       </c>
       <c r="Q25" s="4">
-        <v>511.77</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>84.97</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>75</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2520,54 +2520,54 @@
       <c r="I26" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="P26" s="4">
         <v>21.48</v>
       </c>
       <c r="Q26" s="4">
-        <v>20.91</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>97.34</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>65</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2925,88 +2925,88 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>180</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>181</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>182</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="P33" s="4">
         <v>600.84</v>
       </c>
       <c r="Q33" s="4">
-        <v>551.71</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>91.82</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>92</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>184</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>1739.97</v>
       </c>
       <c r="P34" s="8">
-        <v>1138.99</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>65.46</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>