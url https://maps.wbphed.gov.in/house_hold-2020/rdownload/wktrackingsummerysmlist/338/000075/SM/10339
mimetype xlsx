--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -489,53 +489,50 @@
     <t>Sinking of additional tube-well by D.R. Rig method, Construction of 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, Construction of Boundary Wall, Laying rising main pipe for inter connection between Proposed T.W &amp; Distribution at Anarbati mouza of Jangipara Piped Water Supply Scheme under SERAMPORE Sub-Division of Hooghly Division P.HE Dte.</t>
   </si>
   <si>
     <t>ORD/000866/2023-2024</t>
   </si>
   <si>
     <t>748/HUG</t>
   </si>
   <si>
     <t>04/05/2024</t>
   </si>
   <si>
     <t>BANSBERIA CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>Sinking of 3rd tube-well by D.R. Rig method ,Construction of 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, Construction of Boundary Wall, Laying rising main pipe for inter connection between Proposed T.W &amp; Distribution of JANGIPARA Piped Water Supply Scheme under SERAMPORE Sub-Division of Hooghly Division P.HE Dte.</t>
   </si>
   <si>
     <t>ORD/000756/2023-2024</t>
   </si>
   <si>
     <t>447/HUG</t>
   </si>
   <si>
     <t>15/02/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>15/04/2024</t>
   </si>
   <si>
     <t>MA TARA CONSTRUCTION (SATYAJIT BANIK)</t>
   </si>
   <si>
     <t>Laying of 225 MM &amp; 250 MM pipeline by HDD process under Jangipara Water Supply Scheme under Serampore Sub-Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000868/2023-2024</t>
   </si>
   <si>
     <t>743/HUG</t>
   </si>
   <si>
     <t>15/02/2025</t>
   </si>
   <si>
     <t>Sinking of 3 nos. 300 X200 mm dia Tube Well 180 mtr. Depth by D.R. Rig method using UPVC pipe (CD) and UPVC Deep Well Screen (RDS) at 2nd Tube Well Site of JANGIPARA ZONE-II W/S Scheme, 4th Tube Well Site of ANTPUR W/S Scheme, &amp; 4th Tube Well Site of JANGALPARA W/S Scheme under Serampore Sub-Division of Hooghly Division, P.H.E. Dte. .</t>
   </si>
   <si>
     <t>ORD/000425/2024-2025</t>
   </si>
   <si>
     <t>3522/HUG</t>
   </si>
@@ -2625,319 +2622,319 @@
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>155</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N28" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="O28" s="4" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="P28" s="4">
         <v>31.62</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>20</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="L29" s="4" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P29" s="4">
         <v>88.55</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>87</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="L30" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="L30" s="4" t="s">
+      <c r="M30" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="M30" s="4" t="s">
+      <c r="N30" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="N30" s="4" t="s">
+      <c r="O30" s="4" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="P30" s="4">
         <v>29.57</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>45</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="L31" s="4" t="s">
         <v>172</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="M31" s="4" t="s">
+      <c r="N31" s="4" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P31" s="4">
         <v>4.99</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>99</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="L32" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="L32" s="4" t="s">
+      <c r="M32" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="M32" s="4" t="s">
+      <c r="N32" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="N32" s="4" t="s">
+      <c r="O32" s="4" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="P32" s="4">
         <v>20.07</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>50</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>1410.13</v>
       </c>
       <c r="P33" s="8">
         <v>491.54</v>
       </c>
       <c r="Q33" s="8">
         <v>34.86</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>