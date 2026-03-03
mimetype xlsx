--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1150,54 +1150,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.91</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1211,54 +1211,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>2.07</v>
       </c>
       <c r="Q4" s="4">
-        <v>2.06</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.06</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1268,54 +1268,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>0.43</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100.79</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1329,54 +1329,54 @@
       <c r="I6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P6" s="4">
         <v>12.87</v>
       </c>
       <c r="Q6" s="4">
-        <v>12.07</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>93.74</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1390,54 +1390,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>12.48</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.49</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>84.03</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1447,54 +1447,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>0.98</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>96.49</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1508,54 +1508,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>5.56</v>
       </c>
       <c r="Q9" s="4">
-        <v>5.36</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>96.39</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2025,54 +2025,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P18" s="4">
         <v>118.54</v>
       </c>
       <c r="Q18" s="4">
-        <v>113.92</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>96.11</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2082,54 +2082,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>102</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P19" s="4">
         <v>21.82</v>
       </c>
       <c r="Q19" s="4">
-        <v>21.44</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.25</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>30</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2143,54 +2143,54 @@
       <c r="I20" s="13" t="s">
         <v>108</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>109</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P20" s="4">
         <v>9.7</v>
       </c>
       <c r="Q20" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>71.57</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>60</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>84</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2265,54 +2265,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>4.77</v>
       </c>
       <c r="Q22" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.03</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>95</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2387,54 +2387,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
         <v>350.59</v>
       </c>
       <c r="Q24" s="4">
-        <v>155.1</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>44.24</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>60</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2448,54 +2448,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>275.31</v>
       </c>
       <c r="Q25" s="4">
-        <v>75.34</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>27.37</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>35</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2509,54 +2509,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P26" s="4">
         <v>291.59</v>
       </c>
       <c r="Q26" s="4">
-        <v>77.8</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>26.68</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>60</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2909,54 +2909,54 @@
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="7" t="s">
         <v>181</v>
       </c>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="11"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="14"/>
       <c r="I33" s="14"/>
       <c r="J33" s="14"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8">
         <v>1410.13</v>
       </c>
       <c r="P33" s="8">
-        <v>491.54</v>
+        <v>0</v>
       </c>
       <c r="Q33" s="8">
-        <v>34.86</v>
+        <v>0</v>
       </c>
       <c r="R33" s="8"/>
       <c r="S33" s="8"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A33:N33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>