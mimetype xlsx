--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,879 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>HOOGHLY</t>
+  </si>
+  <si>
+    <t>Hooghly Division</t>
+  </si>
+  <si>
+    <t>AUGMENTATION OF GROUND WATER BASED PIPED WATER SUPPLY SCHEME FOR CHANDITALA.</t>
+  </si>
+  <si>
+    <t>SM/10338</t>
+  </si>
+  <si>
+    <t>Augmentation</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Augmentation of Chanditala (Zone-III &amp; IV) Water Supply Scheme under Serampore Sub-Division of Hooghly Division, P.H.E. Dte. [Block-Chanditala-II]</t>
+  </si>
+  <si>
+    <t>Assistant Engineer (Civil)</t>
+  </si>
+  <si>
+    <t>Junior Engineer (Civill)</t>
+  </si>
+  <si>
+    <t>ORD/000472/2021-2022</t>
+  </si>
+  <si>
+    <t>364/SER</t>
+  </si>
+  <si>
+    <t>17/03/2022</t>
+  </si>
+  <si>
+    <t>06/04/2022</t>
+  </si>
+  <si>
+    <t>SRIJAN ECOLOGICAL UPLIFTMENT PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Preparation of DPR for Augmentation of Chanditala (Zone-I &amp; II) Water Supply Scheme under Serampore Sub-Division of Hooghly Division, P.H.E. Dte. [Block-Chanditala-II]</t>
+  </si>
+  <si>
+    <t>ORD/000471/2021-2022</t>
+  </si>
+  <si>
+    <t>363/SER</t>
+  </si>
+  <si>
+    <t>2ND CONTINUATION ORDER FOR Deployment of 3 (three) Nos. Security Guard without Arm for guarding arrangement of Office cum store at SEAKHALA Water Supply Scheme under Serampore Sub-Division, under Hooghly Division, PHE Dte. Period 4 months from 01.04.2022 to 31.07.2022.</t>
+  </si>
+  <si>
+    <t>ORD/000495/2021-2022</t>
+  </si>
+  <si>
+    <t>623/Hug</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>31/07/2022</t>
+  </si>
+  <si>
+    <t>P.B. ENTERPRISE (PINTU BHADURI)</t>
+  </si>
+  <si>
+    <t>2ND CONTINUATION ORDER FOR Deployment of 3 (three) Nos. Security Guard without Arm for guarding arrangement of Office cum store at CHANDITALA Water Supply Scheme under Serampore Sub-Division, under Hooghly Division, PHE Dte. Period 4 months from 01.04.2022 to 31.07.2022.</t>
+  </si>
+  <si>
+    <t>ORD/000494/2021-2022</t>
+  </si>
+  <si>
+    <t>622/Hug</t>
+  </si>
+  <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>PROVIDING TUBE WELL MATERIALS OF 300 MM NOMINAL DIA. CONFORMING TO IS: 12818:2010 WITH OTHER MATERIALS AT SITE FOR CONSTRUCTION OF TUBE WELL AT CHANDITALA W/S SCHEME UNDER HOOGHLY DISTRICT, CMSD-II(D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>Driller In Charge</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000080/2022-2023</t>
+  </si>
+  <si>
+    <t>235/CMSD-II(D)</t>
+  </si>
+  <si>
+    <t>20/05/2022</t>
+  </si>
+  <si>
+    <t>04/06/2022</t>
+  </si>
+  <si>
+    <t>S B S ENTERPRISE</t>
+  </si>
+  <si>
+    <t>SUPPLY &amp; DELIVERY OF PEA SIZE GRAVELS AND BENTONITE POWDER SODIUM BASED AT SITE FOR CONSTRUCTION OF TUBE WELL AT CHANDITALA W/S IN HOOGHLY DISTRICT UNDER CMSD-II (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000081/2022-2023</t>
+  </si>
+  <si>
+    <t>238/CMSD-II(D)</t>
+  </si>
+  <si>
+    <t>M/S S.K.GHOSH &amp; CO.</t>
+  </si>
+  <si>
+    <t>PROVIDING DRILLING CREWS FOR CONSTRUCTION OGF TUBE WELL (300MM X 200MM X 180 MTRS DEPTH) BY KORES RIG MACHINE FOR CHANDITALA W/S SCHEME CHANDITALA -II BLOCK UNDER HOOGHLY DISTRICT, CMSD-II (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000082/2022-2023</t>
+  </si>
+  <si>
+    <t>232/CMSD-II (D)</t>
+  </si>
+  <si>
+    <t>PROVIDING TUBE WELL MATERIALS OF 200MM NOMINAL DIA. CONFORMING TO IS: 12818:2010 WITH OTHER MATERIALS AT SITE FOR CONSTRUCTION OF TUBE WELL AT CHANDITALA W/S SCHEME, UNDER HOOGHLY DISTRICT, CMSD-II (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000079/2022-2023</t>
+  </si>
+  <si>
+    <t>236/CMSD-II(D)</t>
+  </si>
+  <si>
+    <t>PROVIDING DRILLING CREW AND OTHER ALLIED WORKS FOR CONSTRUCTION OF TUBE WELL (300MM X 200MM X 180 MTRS DEPTH) BY UTILIZING DEPARTMENTAL MACHINERIES FOR CHANDITALA PWSS, UNDER HOOGHLY DISTRICT, CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000270/2022-2023</t>
+  </si>
+  <si>
+    <t>1374/CDD</t>
+  </si>
+  <si>
+    <t>24/11/2022</t>
+  </si>
+  <si>
+    <t>24/12/2022</t>
+  </si>
+  <si>
+    <t>M/S SAIKAT ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Electrical</t>
+  </si>
+  <si>
+    <t>Quotation bill for Chanditala W/S. Sch.</t>
+  </si>
+  <si>
+    <t>VCH/002752/2022-2023</t>
+  </si>
+  <si>
+    <t>18/11/2022</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>Quatation Bill for Chanditala W/S. Sch. PH-X</t>
+  </si>
+  <si>
+    <t>VCH/002744/2022-2023</t>
+  </si>
+  <si>
+    <t>16/11/2022</t>
+  </si>
+  <si>
+    <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-IV) Water Supply Scheme with LDS within Makhalpara, Khanpur, and part of Garalgacha &amp; Krishnapur Mouza with Functional Household tap Connection, Repairing of existing Switch Room &amp; Boundary Wall at Chanditala - II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000425/2022-2023</t>
+  </si>
+  <si>
+    <t>1421/HUG</t>
+  </si>
+  <si>
+    <t>12/07/2022</t>
+  </si>
+  <si>
+    <t>26/08/2022</t>
+  </si>
+  <si>
+    <t>S.B. ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-I) Water Supply Scheme with LDS within Chanditala Mouza &amp; Functional Household Tap Connection, Construction of 1 No.Switch Room (3.6M X 3.0M ) and Boundary Wall at 10th T.W Site &amp; Repairing of 1 no existing Switch Room at Chanditala-II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000894/2022-2023</t>
+  </si>
+  <si>
+    <t>1418/HUG</t>
+  </si>
+  <si>
+    <t>EVEREST CONSULTANT SERVICES (SUBRATA KUNDU)</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-I) Water Supply Scheme with LDS within Barijhati and Thero Mouza &amp; Functional Household tap Connection, Repairing of 2 Nos. existing Switch Room and Boundary Wall &amp; Repairing of OHR with Boundary Wall at H.W Site (Barijhati) at Chanditala-II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000895/2022-2023</t>
+  </si>
+  <si>
+    <t>1419/HUG</t>
+  </si>
+  <si>
+    <t>CHAKRABORTTI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-II) Water Supply Scheme with LDS within Garalgacha and Krishnapur Mouza &amp; Functional Household tap Connection, Repairing of 2 Nos. existing Switch Room and Boundary Wall &amp; Repairing of OHR with Boundary Wall at H.W Site (Garalgacha) at Chanditala-II Block under Serampore Sub-Division, PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000620/2022-2023</t>
+  </si>
+  <si>
+    <t>1539/HUG</t>
+  </si>
+  <si>
+    <t>27/07/2022</t>
+  </si>
+  <si>
+    <t>25/09/2022</t>
+  </si>
+  <si>
+    <t>DAS TRADING</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Chanditala water supply scheme, T.W. No. X, Block: Chanditala-II, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>Junior Engineer2</t>
+  </si>
+  <si>
+    <t>ORD/000101/2022-2023</t>
+  </si>
+  <si>
+    <t>3529/ED</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>30/03/2023</t>
+  </si>
+  <si>
+    <t>BISALAXMI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-II) Water Supply Scheme with LDS within Barijhati &amp; Bledanga Mouza &amp; Functional Household tap Connection &amp; Repairing of 1 no existing Switch Room at Chanditala-II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000678/2022-2023</t>
+  </si>
+  <si>
+    <t>1538/HUG</t>
+  </si>
+  <si>
+    <t>10/09/2022</t>
+  </si>
+  <si>
+    <t>M/S SHIVAM UDYOG</t>
+  </si>
+  <si>
+    <t>HIRING OF DIESEL DRIVEN MOTOR CAP (BS-III &amp; ABOVE) HAVING CONTRACT CARRIAGE PERMIT ALONG WITH FOR THE OFFICE OF THE SUPERINTENDING ENGINEER, M/E, PMU WBDWSIP UNDER CMSD-I (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000313/2022-2023</t>
+  </si>
+  <si>
+    <t>261/CMSD-I</t>
+  </si>
+  <si>
+    <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>SIDDHARTHA CHATTERJEE</t>
+  </si>
+  <si>
+    <t>SUPPLY &amp; DELIVERY OF PEA SIZE GRAVELS FOR CONSTRUCTION OF TUBEWELL AT CHANDITALA, HOOGHLY DISTRICT UNDER CMSD-II (D), CDD, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000319/2022-2023</t>
+  </si>
+  <si>
+    <t>508/CMSDII</t>
+  </si>
+  <si>
+    <t>11/11/2022</t>
+  </si>
+  <si>
+    <t>SUBHRA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Providing drilling crew and other works for construction of TW (300mm x 200mm x 210 mtr. depth) by utilising Departmental machineries for Chanditala PWSS under Hooghly District, CDD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000333/2022-2023</t>
+  </si>
+  <si>
+    <t>1561/CDD</t>
+  </si>
+  <si>
+    <t>08/12/2022</t>
+  </si>
+  <si>
+    <t>07/01/2023</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000005/2022-2023</t>
+  </si>
+  <si>
+    <t>1122/2/HUG</t>
+  </si>
+  <si>
+    <t>06/06/2022</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000122/2022-2023</t>
+  </si>
+  <si>
+    <t>2210/1/Hug</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>RTOR000037/2022-2023</t>
+  </si>
+  <si>
+    <t>1291/2/Hug</t>
+  </si>
+  <si>
+    <t>24/06/2022</t>
+  </si>
+  <si>
+    <t>RTOR000322/2023-2024</t>
+  </si>
+  <si>
+    <t>1384/19/Hug</t>
+  </si>
+  <si>
+    <t>15/05/2023</t>
+  </si>
+  <si>
+    <t>Quotation bill for new service connection of WBSEDC at Chanditalaw/s scheme, T.W. No.-XII</t>
+  </si>
+  <si>
+    <t>BILL/00777/2022-2023</t>
+  </si>
+  <si>
+    <t>08/02/2023</t>
+  </si>
+  <si>
+    <t>Quotation bill for new service connection of WBSEDC at Chanditala w/s scheme, T.W. No.-XI</t>
+  </si>
+  <si>
+    <t>BILL/00778/2022-2023</t>
+  </si>
+  <si>
+    <t>Piped water supply scheme at CHANDITALA PANCHGHORA NANDANKANAN area under Chanditala - II block of Hooghly Division.</t>
+  </si>
+  <si>
+    <t>ORD/000029/2024-2025</t>
+  </si>
+  <si>
+    <t>2286/HUG</t>
+  </si>
+  <si>
+    <t>14/06/2024</t>
+  </si>
+  <si>
+    <t>13/08/2024</t>
+  </si>
+  <si>
+    <t>AMBIAN INFRASTRUCTURE</t>
+  </si>
+  <si>
+    <t>Construction of Switch Room,Boundary wall,and rising main with interconnection atChanditalaW/s Scheme(Zone 1)Beledanga,Chanditala-II Block under Hooghly Division PHE Dte.Source Augmentation.</t>
+  </si>
+  <si>
+    <t>ORD/000267/2024-2025</t>
+  </si>
+  <si>
+    <t>3614/HUG</t>
+  </si>
+  <si>
+    <t>05/11/2024</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>S D ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for CHANDITALA PIPED W/S SCHEME, T.W. No. XIV, Block: Chanditala-II, District - Hooghly under JJM Program under Electrical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 1,Assistant Engineer Howrah mechanical Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/002576/2023-2024</t>
+  </si>
+  <si>
+    <t>452/ED</t>
+  </si>
+  <si>
+    <t>05/03/2024</t>
+  </si>
+  <si>
+    <t>03/06/2024</t>
+  </si>
+  <si>
+    <t>D. K. ELECTRIC</t>
+  </si>
+  <si>
+    <t>Sinking of tube-well by D.R. Rig method Construction of 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, Construction of Boundary Wall, Laying rising main pipe for inter connection between Proposed T.W &amp; Distribution of KRISHNARAMPUR (CHANDITALA) Piped Water Supply Scheme under SERAMPORE Sub-Division of Hooghly Division P.HE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000892/2023-2024</t>
+  </si>
+  <si>
+    <t>816/HUG</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>10/05/2024</t>
+  </si>
+  <si>
+    <t>CHAKRABORTY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Field level data validation of FHTC executed by various Agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database in different Pipe Water Supply Scheme under Chanditala I &amp; II &amp; Jangipara Block (Phase-III) in the District of Hooghly under Serampore Sub Division under Hooghly Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000346/2024-2025</t>
+  </si>
+  <si>
+    <t>644/SER</t>
+  </si>
+  <si>
+    <t>20/11/2024</t>
+  </si>
+  <si>
+    <t>TECHVISION</t>
+  </si>
+  <si>
+    <t>Construction of Boundary wall,Toilet,Plumbing arrangement,Path way and repairing of Existing Pump House at Pump house No 12ofChanditala water Supply Scheme under Serampur SubDivision;of Hooghly Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000437/2024-2025</t>
+  </si>
+  <si>
+    <t>4041/HUG</t>
+  </si>
+  <si>
+    <t>19/12/2024</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
+  </si>
+  <si>
+    <t>TOTON MONDAL</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-IV) Water Supply Scheme with LDS within Makhalpara, Khanpur, and part of Garalgacha &amp; Krishnapur Mouza with Functional Household tap Connection, Repairing of existing Switch Room &amp; Boundary Wall at Chanditala-II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000150/2022-2023</t>
+  </si>
+  <si>
+    <t>1421/Hug</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical/ mechanical equipments etc. including allied works for Augmentation of Chanditala water supply scheme, T.W. No.- I &amp; II, Block: Chanditala-I, District- Hooghly under Electrical Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000202/2022-2023</t>
+  </si>
+  <si>
+    <t>829/ED</t>
+  </si>
+  <si>
+    <t>14/02/2023</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>HINDUSTAN ENGINEERING CORPORATION (E&amp;M)</t>
+  </si>
+  <si>
+    <t>Augmentation of CHANDITALA (ZONE-III) Water Supply Scheme with LDS within Eklakhi and part of Krishnapur Mouza with Functional Household tap Connection, Repairing of existing Switch Room &amp; Boundary Wall at Chanditala-II Block under Serampore Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000674/2022-2023</t>
+  </si>
+  <si>
+    <t>1420/HUG</t>
+  </si>
+  <si>
+    <t>BIMAL KUMAR HALDER</t>
+  </si>
+  <si>
+    <t>Construction of 2 Nos. 3.6 m X 3.0 m Switch Room with Additional Plinth Height, with Sanitary and Water Supply arrangement, Laying of C.I/D.I pipes &amp; specials for connection of Proposed 2 nos. T.W with distribution system,For AUGMENTATION OF of CHANDITALA W/S Scheme under Serampore Sub - Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000117/2023-2024</t>
+  </si>
+  <si>
+    <t>1446/HUG</t>
+  </si>
+  <si>
+    <t>18/05/2023</t>
+  </si>
+  <si>
+    <t>17/06/2023</t>
+  </si>
+  <si>
+    <t>SB ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Sinking of 5 nos. 300 X200 mm dia Tube Well 240 mtr. Depth by D.R. Rig method using UPVC pipe (CD) and UPVC Deep Well Screen (RDS) at MAINAN(1No.),CHIKRAND ZONE-I (1No.),CHIKRAND ZONE-II (1No.) ,CHANDITALA (2NOS.) W/S Scheme under Hooghly Division, P.H.E. Dte.(SOURCE AUGMENTATION)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Assistant Engineer (Civil)</t>
+  </si>
+  <si>
+    <t>ORD/000622/2023-2024</t>
+  </si>
+  <si>
+    <t>3388/HUG</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>06/01/2024</t>
+  </si>
+  <si>
+    <t>SPG ENTERPRISES</t>
+  </si>
+  <si>
+    <t>Construction of 4 Nos. 3.6 m X 3.0 m Switch Room with Sanitary and Water Supply arrangement, 4 Nos. Boundary Wall in Proposed T.W Site, Laying rising main pipe for inter connection between 4 Nos. T.W &amp; Distribution at CHIKRAND ZONE-I (1No.), CHIKRAND ZONE-II (1No.), CHANDITALA (2NOS.) W/S Scheme under Hooghly Division, P.H.E. Dte. (SOURCE AUGMENTATION)</t>
+  </si>
+  <si>
+    <t>ORD/000598/2023-2024</t>
+  </si>
+  <si>
+    <t>3313/HUG</t>
+  </si>
+  <si>
+    <t>10/11/2023</t>
+  </si>
+  <si>
+    <t>S.D ENTERPRISE (SAMIR KR. DAS)</t>
+  </si>
+  <si>
+    <t>Laying of Balance pipeline and allied works due to road widening work at Chanditala W/S Scheme under Serampore Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000664/2023-2024</t>
+  </si>
+  <si>
+    <t>3562/HUG</t>
+  </si>
+  <si>
+    <t>05/12/2023</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>P. B. ENTERPRISE(PINTU BHADURI)</t>
+  </si>
+  <si>
+    <t>Augumention of Electro Mechanical Equipments and other electro mechanical accessories at Pump House under Barijhati GP and Garalgacha Gram Panchayet of Chanditala - II Block, Dist-Hooghly under Electrical Divisio, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer 1</t>
+  </si>
+  <si>
+    <t>ORD/001480/2023-2024</t>
+  </si>
+  <si>
+    <t>4892/ED</t>
+  </si>
+  <si>
+    <t>27/12/2023</t>
+  </si>
+  <si>
+    <t>26/03/2024</t>
+  </si>
+  <si>
+    <t>Designing, making and erection of Display Board to be placed at different work sites / departmental lands under CHANDITALA I &amp; SERAMPORE-UTTARPARA Block of Serampore Sub Division under Hooghly Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000181/2024-2025</t>
+  </si>
+  <si>
+    <t>517/SER</t>
+  </si>
+  <si>
+    <t>11/09/2024</t>
+  </si>
+  <si>
+    <t>16/09/2024</t>
+  </si>
+  <si>
+    <t>JOY GURU ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Designing making and erection of Display Board using logo and tag line of Jal Jeevan Mission to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under Serampore Sub Division under Hooghly Division PHE Dte.(Phase-I) for Serampore Uttarpara, Chanditala-I, Chanditala-II &amp; Jangipara Block</t>
+  </si>
+  <si>
+    <t>ORD/000184/2024-2025</t>
+  </si>
+  <si>
+    <t>522/SER</t>
+  </si>
+  <si>
+    <t>12/09/2024</t>
+  </si>
+  <si>
+    <t>17/09/2024</t>
+  </si>
+  <si>
+    <t>Designing making and erection of Display Board using logo and tag line of Jal Jeevan Mission to the placed at different work sites and HGJ villages for awareness generation among the people in the district of Hooghly under Serampore Sub Division under Hooghly Division PHE Dte.(Phase-II) for Serampore Uttarpara, Chanditala-I, Chanditala-II &amp; Jangipara Block</t>
+  </si>
+  <si>
+    <t>ORD/000185/2024-2025</t>
+  </si>
+  <si>
+    <t>523/SER</t>
+  </si>
+  <si>
+    <t>Designing, making and erection of Display Board to be placed at different work sites / departmental lands under CHANDITALA II Block of Serampore Sub Division under Hooghly Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000182/2024-2025</t>
+  </si>
+  <si>
+    <t>518/SER</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF 1NO. TEMPORARY KIOSK FOR THE NECESSARY ARRANGEMENT OF ELECTRIFICATION OF TUBEWELL AT CHANDITALA PWSS NEAR EKLAKI UNDER SERAMPORE SUB-DIVISION OF HOOGHLY DIVISION P.H.E, DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000148/2024-2025</t>
+  </si>
+  <si>
+    <t>431/SER</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>15/08/2024</t>
+  </si>
+  <si>
+    <t>SRI KRISHNA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Quotation bill for new service connection charges at Chanditala PWSS Zone-I, P.H. No.-V, Hooghly. Application No. 5004085765 Ref ID: 503603819</t>
+  </si>
+  <si>
+    <t>BILL/00032/2024-2025</t>
+  </si>
+  <si>
+    <t>05/04/2024</t>
+  </si>
+  <si>
+    <t>Quotation bill for new service connection charges at Chanditala PWSS Zone-II, P.H. No.-IV, Hooghly. Application No. 5004085812 Ref ID: 503603818</t>
+  </si>
+  <si>
+    <t>BILL/00031/2024-2025</t>
+  </si>
+  <si>
+    <t>Quotation money deposition for new service connection at Chanditala w/s scheme, Zone- I, T.W. No.-IV, Dist.-Hooghly under PHE Dte. Application No- 5004099440 Reference ID- 503611397 SM Code- 18966</t>
+  </si>
+  <si>
+    <t>BILL/00485/2024-2025</t>
+  </si>
+  <si>
+    <t>22/05/2024</t>
+  </si>
+  <si>
+    <t>Quotation money deposition for new service connection at Chanditala w/s scheme, Zone- III, T.W. NO- III, Dist.-Hooghly under PHE Dte. Application No- 5004091705 Reference ID- 503606735 SM Code- 10338</t>
+  </si>
+  <si>
+    <t>BILL/00161/2024-2025</t>
+  </si>
+  <si>
+    <t>16/04/2024</t>
+  </si>
+  <si>
+    <t>Estimate for construction of 2 nos Toilets at Piarapur Pump House No-2 and Krishnarampur Pump Hose No-2 under Chanditala PWSS under Serampore Sub - Division of Hooghly Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001302/2024-2025</t>
+  </si>
+  <si>
+    <t>74/SER</t>
+  </si>
+  <si>
+    <t>20/01/2025</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>M/S RAJKUMAR KHAN</t>
+  </si>
+  <si>
+    <t>Estimate for jack pushing of Road due to interconnection of Existing pipeline to 3rd Pump House of Krishnarampur mouza under Chanditala W/S Supply scheme under Serampore Sub-Division of Hooghly Division P.H.E.Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001304/2024-2025</t>
+  </si>
+  <si>
+    <t>76/SER</t>
+  </si>
+  <si>
+    <t>Supply, delivery &amp; installation of submersible pumping machinery and other electrical / mechanical equipments etc. including allied works for CHANDITALA PIPED W/S SCHEME, T.W. No. XII &amp; XIII, Block: Chanditala-II, District - Hooghly under JJM Program under Electrical Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002504/2023-2024</t>
+  </si>
+  <si>
+    <t>420/ED</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Sinking of tube-well, Rising Main for inter connection between T.W &amp; Distribution, construction of switch-room , boundary wall &amp; Repairing of Existing OHR,Switch Rooms, Boundary walls at 3rd TW sites for CHANDITALA (PIARAPUR) Piped Water Supply Scheme under SERAMPORE Sub-Division of Hooghly Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000051/2024-2025</t>
+  </si>
+  <si>
+    <t>2340/HUG</t>
+  </si>
+  <si>
+    <t>19/06/2024</t>
+  </si>
+  <si>
+    <t>24/05/2025</t>
+  </si>
+  <si>
+    <t>MS PRADIP KUMAR PAL</t>
+  </si>
+  <si>
+    <t>Estimate for Reconstruction of boundary wall, Internal Pathway and allied works Head Works Site of Seakhala under Chanditala Water Supply Scheme under Serampore sub Division of Hooghly Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000014/2025-2026</t>
+  </si>
+  <si>
+    <t>285/SER</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>Balance works for laying of water supply pipeline by HDD process under Chanditala Water Supply Scheme under Serampore Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002253/2024-2025</t>
+  </si>
+  <si>
+    <t>652/HUG</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>09/04/2025</t>
+  </si>
+  <si>
+    <t>Sinking of 01 nos. (size 100 X 40 mm dia) 154.0 Mtr. Deep, Indian Mark-II Tube well with PVC pipe &amp; Strainer near Chanditala Police Station under Chanditala Water Supply Scheme of Hooghly Division.</t>
+  </si>
+  <si>
+    <t>ORD/000348/2025-2026</t>
+  </si>
+  <si>
+    <t>539/SER</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>PANKAJ KUMAR MANNA</t>
+  </si>
+  <si>
     <t>Total</t>
-  </si>
-[...1 lines deleted...]
-    <t>NAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -154,79 +979,91 @@
         <fgColor rgb="FFddd9c3"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="15">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="3" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="4" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -495,203 +1332,3541 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W3"/>
+  <dimension ref="A1:W59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
-    <col min="11" max="11" width="19.995117" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
     </row>
     <row r="2" spans="1:23">
-      <c r="A2" s="3" t="s">
+      <c r="A2" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="3" t="s">
+      <c r="B2" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="3" t="s">
+      <c r="D2" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E2" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="3" t="s">
+      <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="G2" s="3" t="s">
+      <c r="G2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H2" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="J2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="K2" s="4" t="s">
+      <c r="K2" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="4" t="s">
+      <c r="L2" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M2" s="4" t="s">
+      <c r="M2" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="N2" s="4" t="s">
+      <c r="N2" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O2" s="4" t="s">
+      <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="P2" s="4" t="s">
+      <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Q2" s="4" t="s">
+      <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="4" t="s">
+      <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S2" s="4" t="s">
+      <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
-      <c r="A3" s="5" t="s">
-[...21 lines deleted...]
-      <c r="Q3" s="6" t="s">
+      <c r="A3" s="3">
+        <v>1</v>
+      </c>
+      <c r="B3" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="R3" s="6"/>
-      <c r="S3" s="6"/>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="L3" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="M3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N3" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O3" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" s="4">
+        <v>3.56</v>
+      </c>
+      <c r="Q3" s="4">
+        <v>3.55</v>
+      </c>
+      <c r="R3" s="4">
+        <v>99.72</v>
+      </c>
+      <c r="S3" s="4">
+        <v>0</v>
+      </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
+    <row r="4" spans="1:23">
+      <c r="A4" s="3">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E4" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="O4" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="P4" s="4">
+        <v>4.33</v>
+      </c>
+      <c r="Q4" s="4">
+        <v>4.33</v>
+      </c>
+      <c r="R4" s="4">
+        <v>100</v>
+      </c>
+      <c r="S4" s="4">
+        <v>0</v>
+      </c>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+    </row>
+    <row r="5" spans="1:23">
+      <c r="A5" s="3">
+        <v>3</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" s="3"/>
+      <c r="D5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M5" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" s="4">
+        <v>2.56</v>
+      </c>
+      <c r="Q5" s="4">
+        <v>0</v>
+      </c>
+      <c r="R5" s="4">
+        <v>0</v>
+      </c>
+      <c r="S5" s="4">
+        <v>0</v>
+      </c>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+    </row>
+    <row r="6" spans="1:23">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P6" s="4">
+        <v>2.56</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>0</v>
+      </c>
+      <c r="R6" s="4">
+        <v>0</v>
+      </c>
+      <c r="S6" s="4">
+        <v>0</v>
+      </c>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+    </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" s="4">
+        <v>2.79</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>2.79</v>
+      </c>
+      <c r="R7" s="4">
+        <v>100</v>
+      </c>
+      <c r="S7" s="4">
+        <v>0</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="3">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="3"/>
+      <c r="D8" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" s="4">
+        <v>1.97</v>
+      </c>
+      <c r="Q8" s="4">
+        <v>1.71</v>
+      </c>
+      <c r="R8" s="4">
+        <v>86.88</v>
+      </c>
+      <c r="S8" s="4">
+        <v>0</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
+    <row r="9" spans="1:23">
+      <c r="A9" s="3">
+        <v>7</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H9" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="I9" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P9" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="Q9" s="4">
+        <v>2.26</v>
+      </c>
+      <c r="R9" s="4">
+        <v>93.87</v>
+      </c>
+      <c r="S9" s="4">
+        <v>0</v>
+      </c>
+      <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="1"/>
+      <c r="W9" s="1"/>
+    </row>
+    <row r="10" spans="1:23">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P10" s="4">
+        <v>3.98</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>3.2</v>
+      </c>
+      <c r="R10" s="4">
+        <v>80.54</v>
+      </c>
+      <c r="S10" s="4">
+        <v>0</v>
+      </c>
+      <c r="T10" s="1"/>
+      <c r="U10" s="1"/>
+      <c r="V10" s="1"/>
+      <c r="W10" s="1"/>
+    </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="P11" s="4">
+        <v>12.9</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>11.13</v>
+      </c>
+      <c r="R11" s="4">
+        <v>86.25</v>
+      </c>
+      <c r="S11" s="4">
+        <v>0</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="L12" s="4">
+        <v>109</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P12" s="4">
+        <v>0.66</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>0</v>
+      </c>
+      <c r="R12" s="4">
+        <v>0</v>
+      </c>
+      <c r="S12" s="4">
+        <v>0</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H13" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
+      <c r="K13" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L13" s="4"/>
+      <c r="M13" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" s="4">
+        <v>0.66</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>0</v>
+      </c>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3"/>
+      <c r="D14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>79</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="P14" s="4">
+        <v>78.39</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>44.01</v>
+      </c>
+      <c r="R14" s="4">
+        <v>56.15</v>
+      </c>
+      <c r="S14" s="4">
+        <v>0</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="P15" s="4">
+        <v>73.77</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>38.85</v>
+      </c>
+      <c r="R15" s="4">
+        <v>52.66</v>
+      </c>
+      <c r="S15" s="4">
+        <v>0</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3"/>
+      <c r="D16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H16" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="P16" s="4">
+        <v>88.54</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>66.85</v>
+      </c>
+      <c r="R16" s="4">
+        <v>75.5</v>
+      </c>
+      <c r="S16" s="4">
+        <v>0</v>
+      </c>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="P17" s="4">
+        <v>86.11</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>64.06</v>
+      </c>
+      <c r="R17" s="4">
+        <v>74.4</v>
+      </c>
+      <c r="S17" s="4">
+        <v>100</v>
+      </c>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3"/>
+      <c r="D18" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="P18" s="4">
+        <v>10.66</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>10.65</v>
+      </c>
+      <c r="R18" s="4">
+        <v>99.95</v>
+      </c>
+      <c r="S18" s="4">
+        <v>0</v>
+      </c>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N19" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="O19" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="P19" s="4">
+        <v>56.4</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>40.37</v>
+      </c>
+      <c r="R19" s="4">
+        <v>71.57</v>
+      </c>
+      <c r="S19" s="4">
+        <v>100</v>
+      </c>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="3"/>
+      <c r="D20" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="I20" s="13"/>
+      <c r="J20" s="13"/>
+      <c r="K20" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="N20" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="O20" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" s="4">
+        <v>0.9</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>1.49</v>
+      </c>
+      <c r="R20" s="4">
+        <v>165.65</v>
+      </c>
+      <c r="S20" s="4">
+        <v>0</v>
+      </c>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>117</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="M21" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="N21" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="O21" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" s="4">
+        <v>0.98</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>0.9</v>
+      </c>
+      <c r="R21" s="4">
+        <v>91.58</v>
+      </c>
+      <c r="S21" s="4">
+        <v>0</v>
+      </c>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H22" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="I22" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="O22" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="P22" s="4">
+        <v>12.67</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>10.2</v>
+      </c>
+      <c r="R22" s="4">
+        <v>80.53</v>
+      </c>
+      <c r="S22" s="4">
+        <v>0</v>
+      </c>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H23" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I23" s="13"/>
+      <c r="J23" s="13"/>
+      <c r="K23" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="N23" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="O23" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="P23" s="4">
+        <v>12.32</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>0</v>
+      </c>
+      <c r="R23" s="4">
+        <v>0</v>
+      </c>
+      <c r="S23" s="4">
+        <v>0</v>
+      </c>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="3"/>
+      <c r="D24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H24" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I24" s="13"/>
+      <c r="J24" s="13"/>
+      <c r="K24" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="O24" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="P24" s="4">
+        <v>30.8</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>0</v>
+      </c>
+      <c r="R24" s="4">
+        <v>0</v>
+      </c>
+      <c r="S24" s="4">
+        <v>0</v>
+      </c>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I25" s="13"/>
+      <c r="J25" s="13"/>
+      <c r="K25" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="O25" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="P25" s="4">
+        <v>9.24</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>0</v>
+      </c>
+      <c r="R25" s="4">
+        <v>0</v>
+      </c>
+      <c r="S25" s="4">
+        <v>0</v>
+      </c>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="I26" s="13"/>
+      <c r="J26" s="13"/>
+      <c r="K26" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="O26" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="P26" s="4">
+        <v>18.64</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>0</v>
+      </c>
+      <c r="R26" s="4">
+        <v>0</v>
+      </c>
+      <c r="S26" s="4">
+        <v>0</v>
+      </c>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="I27" s="13"/>
+      <c r="J27" s="13"/>
+      <c r="K27" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="L27" s="4">
+        <v>149</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="N27" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="O27" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P27" s="4">
+        <v>0.54</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>0</v>
+      </c>
+      <c r="R27" s="4">
+        <v>0</v>
+      </c>
+      <c r="S27" s="4">
+        <v>0</v>
+      </c>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="I28" s="13"/>
+      <c r="J28" s="13"/>
+      <c r="K28" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L28" s="4">
+        <v>149</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="N28" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="O28" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P28" s="4">
+        <v>0.54</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>0</v>
+      </c>
+      <c r="S28" s="4">
+        <v>0</v>
+      </c>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="3">
+        <v>27</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H29" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="I29" s="13"/>
+      <c r="J29" s="13"/>
+      <c r="K29" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="M29" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="N29" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="O29" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="P29" s="4">
+        <v>42.77</v>
+      </c>
+      <c r="Q29" s="4">
+        <v>0</v>
+      </c>
+      <c r="R29" s="4">
+        <v>0</v>
+      </c>
+      <c r="S29" s="4">
+        <v>0</v>
+      </c>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
+    <row r="30" spans="1:23">
+      <c r="A30" s="3">
+        <v>28</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C30" s="3"/>
+      <c r="D30" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H30" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="I30" s="13"/>
+      <c r="J30" s="13"/>
+      <c r="K30" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N30" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="O30" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="P30" s="4">
+        <v>25.82</v>
+      </c>
+      <c r="Q30" s="4">
+        <v>0</v>
+      </c>
+      <c r="R30" s="4">
+        <v>0</v>
+      </c>
+      <c r="S30" s="4">
+        <v>0</v>
+      </c>
+      <c r="T30" s="1"/>
+      <c r="U30" s="1"/>
+      <c r="V30" s="1"/>
+      <c r="W30" s="1"/>
+    </row>
+    <row r="31" spans="1:23">
+      <c r="A31" s="3">
+        <v>29</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H31" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K31" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="N31" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="O31" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="P31" s="4">
+        <v>9.7</v>
+      </c>
+      <c r="Q31" s="4">
+        <v>6.94</v>
+      </c>
+      <c r="R31" s="4">
+        <v>71.57</v>
+      </c>
+      <c r="S31" s="4">
+        <v>65</v>
+      </c>
+      <c r="T31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="1"/>
+      <c r="W31" s="1"/>
+    </row>
+    <row r="32" spans="1:23">
+      <c r="A32" s="3">
+        <v>30</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C32" s="3"/>
+      <c r="D32" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H32" s="13" t="s">
+        <v>165</v>
+      </c>
+      <c r="I32" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J32" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K32" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="L32" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="M32" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="N32" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="O32" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="P32" s="4">
+        <v>31.68</v>
+      </c>
+      <c r="Q32" s="4">
+        <v>6.15</v>
+      </c>
+      <c r="R32" s="4">
+        <v>19.42</v>
+      </c>
+      <c r="S32" s="4">
+        <v>78</v>
+      </c>
+      <c r="T32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="1"/>
+      <c r="W32" s="1"/>
+    </row>
+    <row r="33" spans="1:23">
+      <c r="A33" s="3">
+        <v>31</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C33" s="3"/>
+      <c r="D33" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E33" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H33" s="13" t="s">
+        <v>171</v>
+      </c>
+      <c r="I33" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J33" s="13"/>
+      <c r="K33" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="N33" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="O33" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="P33" s="4">
+        <v>4.94</v>
+      </c>
+      <c r="Q33" s="4">
+        <v>0</v>
+      </c>
+      <c r="R33" s="4">
+        <v>0</v>
+      </c>
+      <c r="S33" s="4">
+        <v>0</v>
+      </c>
+      <c r="T33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="V33" s="1"/>
+      <c r="W33" s="1"/>
+    </row>
+    <row r="34" spans="1:23">
+      <c r="A34" s="3">
+        <v>32</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C34" s="3"/>
+      <c r="D34" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H34" s="13" t="s">
+        <v>176</v>
+      </c>
+      <c r="I34" s="13"/>
+      <c r="J34" s="13"/>
+      <c r="K34" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="L34" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="M34" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="N34" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="O34" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="P34" s="4">
+        <v>10.75</v>
+      </c>
+      <c r="Q34" s="4">
+        <v>0</v>
+      </c>
+      <c r="R34" s="4">
+        <v>0</v>
+      </c>
+      <c r="S34" s="4">
+        <v>0</v>
+      </c>
+      <c r="T34" s="1"/>
+      <c r="U34" s="1"/>
+      <c r="V34" s="1"/>
+      <c r="W34" s="1"/>
+    </row>
+    <row r="35" spans="1:23">
+      <c r="A35" s="3">
+        <v>33</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H35" s="13" t="s">
+        <v>182</v>
+      </c>
+      <c r="I35" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J35" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="M35" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N35" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O35" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="P35" s="4">
+        <v>78.39</v>
+      </c>
+      <c r="Q35" s="4">
+        <v>17.33</v>
+      </c>
+      <c r="R35" s="4">
+        <v>22.1</v>
+      </c>
+      <c r="S35" s="4">
+        <v>20</v>
+      </c>
+      <c r="T35" s="1"/>
+      <c r="U35" s="1"/>
+      <c r="V35" s="1"/>
+      <c r="W35" s="1"/>
+    </row>
+    <row r="36" spans="1:23">
+      <c r="A36" s="3">
+        <v>34</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C36" s="3"/>
+      <c r="D36" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="I36" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="J36" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="M36" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="N36" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="O36" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="P36" s="4">
+        <v>22.05</v>
+      </c>
+      <c r="Q36" s="4">
+        <v>19.69</v>
+      </c>
+      <c r="R36" s="4">
+        <v>89.31</v>
+      </c>
+      <c r="S36" s="4">
+        <v>95</v>
+      </c>
+      <c r="T36" s="1"/>
+      <c r="U36" s="1"/>
+      <c r="V36" s="1"/>
+      <c r="W36" s="1"/>
+    </row>
+    <row r="37" spans="1:23">
+      <c r="A37" s="3">
+        <v>35</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H37" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="I37" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J37" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K37" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="L37" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="M37" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="N37" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="O37" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="P37" s="4">
+        <v>56.66</v>
+      </c>
+      <c r="Q37" s="4">
+        <v>54.61</v>
+      </c>
+      <c r="R37" s="4">
+        <v>96.39</v>
+      </c>
+      <c r="S37" s="4">
+        <v>99</v>
+      </c>
+      <c r="T37" s="1"/>
+      <c r="U37" s="1"/>
+      <c r="V37" s="1"/>
+      <c r="W37" s="1"/>
+    </row>
+    <row r="38" spans="1:23">
+      <c r="A38" s="3">
+        <v>36</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C38" s="3"/>
+      <c r="D38" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E38" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H38" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="I38" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J38" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="L38" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="M38" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="N38" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="O38" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="P38" s="4">
+        <v>31.08</v>
+      </c>
+      <c r="Q38" s="4">
+        <v>14.8</v>
+      </c>
+      <c r="R38" s="4">
+        <v>47.62</v>
+      </c>
+      <c r="S38" s="4">
+        <v>70</v>
+      </c>
+      <c r="T38" s="1"/>
+      <c r="U38" s="1"/>
+      <c r="V38" s="1"/>
+      <c r="W38" s="1"/>
+    </row>
+    <row r="39" spans="1:23">
+      <c r="A39" s="3">
+        <v>37</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H39" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="I39" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="J39" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="M39" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="N39" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="O39" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="P39" s="4">
+        <v>87.88</v>
+      </c>
+      <c r="Q39" s="4">
+        <v>28.3</v>
+      </c>
+      <c r="R39" s="4">
+        <v>32.2</v>
+      </c>
+      <c r="S39" s="4">
+        <v>100</v>
+      </c>
+      <c r="T39" s="1"/>
+      <c r="U39" s="1"/>
+      <c r="V39" s="1"/>
+      <c r="W39" s="1"/>
+    </row>
+    <row r="40" spans="1:23">
+      <c r="A40" s="3">
+        <v>38</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C40" s="3"/>
+      <c r="D40" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E40" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H40" s="13" t="s">
+        <v>208</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="N40" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="O40" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="P40" s="4">
+        <v>47.18</v>
+      </c>
+      <c r="Q40" s="4">
+        <v>23.09</v>
+      </c>
+      <c r="R40" s="4">
+        <v>48.95</v>
+      </c>
+      <c r="S40" s="4">
+        <v>40</v>
+      </c>
+      <c r="T40" s="1"/>
+      <c r="U40" s="1"/>
+      <c r="V40" s="1"/>
+      <c r="W40" s="1"/>
+    </row>
+    <row r="41" spans="1:23">
+      <c r="A41" s="3">
+        <v>39</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E41" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H41" s="13" t="s">
+        <v>213</v>
+      </c>
+      <c r="I41" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J41" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="N41" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="O41" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="P41" s="4">
+        <v>43.61</v>
+      </c>
+      <c r="Q41" s="4">
+        <v>40.54</v>
+      </c>
+      <c r="R41" s="4">
+        <v>92.96</v>
+      </c>
+      <c r="S41" s="4">
+        <v>60</v>
+      </c>
+      <c r="T41" s="1"/>
+      <c r="U41" s="1"/>
+      <c r="V41" s="1"/>
+      <c r="W41" s="1"/>
+    </row>
+    <row r="42" spans="1:23">
+      <c r="A42" s="3">
+        <v>40</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C42" s="3"/>
+      <c r="D42" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E42" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H42" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="I42" s="13" t="s">
+        <v>220</v>
+      </c>
+      <c r="J42" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K42" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="L42" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="M42" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="N42" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="O42" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="P42" s="4">
+        <v>31.09</v>
+      </c>
+      <c r="Q42" s="4">
+        <v>30.98</v>
+      </c>
+      <c r="R42" s="4">
+        <v>99.65</v>
+      </c>
+      <c r="S42" s="4">
+        <v>100</v>
+      </c>
+      <c r="T42" s="1"/>
+      <c r="U42" s="1"/>
+      <c r="V42" s="1"/>
+      <c r="W42" s="1"/>
+    </row>
+    <row r="43" spans="1:23">
+      <c r="A43" s="3">
+        <v>41</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C43" s="3"/>
+      <c r="D43" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" s="13" t="s">
+        <v>225</v>
+      </c>
+      <c r="I43" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J43" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K43" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="L43" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="M43" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="N43" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="O43" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="P43" s="4">
+        <v>3.53</v>
+      </c>
+      <c r="Q43" s="4">
+        <v>6.99</v>
+      </c>
+      <c r="R43" s="4">
+        <v>198.07</v>
+      </c>
+      <c r="S43" s="4">
+        <v>95</v>
+      </c>
+      <c r="T43" s="1"/>
+      <c r="U43" s="1"/>
+      <c r="V43" s="1"/>
+      <c r="W43" s="1"/>
+    </row>
+    <row r="44" spans="1:23">
+      <c r="A44" s="3">
+        <v>42</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="3"/>
+      <c r="D44" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H44" s="13" t="s">
+        <v>231</v>
+      </c>
+      <c r="I44" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J44" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K44" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="L44" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="M44" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="N44" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="O44" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="P44" s="4">
+        <v>4.93</v>
+      </c>
+      <c r="Q44" s="4">
+        <v>4.93</v>
+      </c>
+      <c r="R44" s="4">
+        <v>100</v>
+      </c>
+      <c r="S44" s="4">
+        <v>95</v>
+      </c>
+      <c r="T44" s="1"/>
+      <c r="U44" s="1"/>
+      <c r="V44" s="1"/>
+      <c r="W44" s="1"/>
+    </row>
+    <row r="45" spans="1:23">
+      <c r="A45" s="3">
+        <v>43</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E45" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H45" s="13" t="s">
+        <v>236</v>
+      </c>
+      <c r="I45" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J45" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K45" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="L45" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="M45" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="N45" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="O45" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="P45" s="4">
+        <v>4.93</v>
+      </c>
+      <c r="Q45" s="4">
+        <v>4.93</v>
+      </c>
+      <c r="R45" s="4">
+        <v>100</v>
+      </c>
+      <c r="S45" s="4">
+        <v>95</v>
+      </c>
+      <c r="T45" s="1"/>
+      <c r="U45" s="1"/>
+      <c r="V45" s="1"/>
+      <c r="W45" s="1"/>
+    </row>
+    <row r="46" spans="1:23">
+      <c r="A46" s="3">
+        <v>44</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C46" s="3"/>
+      <c r="D46" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E46" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F46" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H46" s="13" t="s">
+        <v>239</v>
+      </c>
+      <c r="I46" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J46" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K46" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="L46" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="M46" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="N46" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="O46" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="P46" s="4">
+        <v>4.15</v>
+      </c>
+      <c r="Q46" s="4">
+        <v>4.12</v>
+      </c>
+      <c r="R46" s="4">
+        <v>99.41</v>
+      </c>
+      <c r="S46" s="4">
+        <v>95</v>
+      </c>
+      <c r="T46" s="1"/>
+      <c r="U46" s="1"/>
+      <c r="V46" s="1"/>
+      <c r="W46" s="1"/>
+    </row>
+    <row r="47" spans="1:23">
+      <c r="A47" s="3">
+        <v>45</v>
+      </c>
+      <c r="B47" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F47" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="I47" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J47" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="M47" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="N47" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="O47" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="P47" s="4">
+        <v>0.36</v>
+      </c>
+      <c r="Q47" s="4">
+        <v>0.35</v>
+      </c>
+      <c r="R47" s="4">
+        <v>97.31</v>
+      </c>
+      <c r="S47" s="4">
+        <v>95</v>
+      </c>
+      <c r="T47" s="1"/>
+      <c r="U47" s="1"/>
+      <c r="V47" s="1"/>
+      <c r="W47" s="1"/>
+    </row>
+    <row r="48" spans="1:23">
+      <c r="A48" s="3">
+        <v>46</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C48" s="3"/>
+      <c r="D48" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F48" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H48" s="13" t="s">
+        <v>248</v>
+      </c>
+      <c r="I48" s="13"/>
+      <c r="J48" s="13"/>
+      <c r="K48" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="L48" s="4">
+        <v>20</v>
+      </c>
+      <c r="M48" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="N48" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="O48" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P48" s="4">
+        <v>3.33</v>
+      </c>
+      <c r="Q48" s="4">
+        <v>0</v>
+      </c>
+      <c r="R48" s="4">
+        <v>0</v>
+      </c>
+      <c r="S48" s="4">
+        <v>0</v>
+      </c>
+      <c r="T48" s="1"/>
+      <c r="U48" s="1"/>
+      <c r="V48" s="1"/>
+      <c r="W48" s="1"/>
+    </row>
+    <row r="49" spans="1:23">
+      <c r="A49" s="3">
+        <v>47</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H49" s="13" t="s">
+        <v>251</v>
+      </c>
+      <c r="I49" s="13"/>
+      <c r="J49" s="13"/>
+      <c r="K49" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="L49" s="4">
+        <v>19</v>
+      </c>
+      <c r="M49" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="N49" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="O49" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P49" s="4">
+        <v>6.27</v>
+      </c>
+      <c r="Q49" s="4">
+        <v>0</v>
+      </c>
+      <c r="R49" s="4">
+        <v>0</v>
+      </c>
+      <c r="S49" s="4">
+        <v>0</v>
+      </c>
+      <c r="T49" s="1"/>
+      <c r="U49" s="1"/>
+      <c r="V49" s="1"/>
+      <c r="W49" s="1"/>
+    </row>
+    <row r="50" spans="1:23">
+      <c r="A50" s="3">
+        <v>48</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C50" s="3"/>
+      <c r="D50" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H50" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="I50" s="13"/>
+      <c r="J50" s="13"/>
+      <c r="K50" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="L50" s="4">
+        <v>152</v>
+      </c>
+      <c r="M50" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="N50" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="O50" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P50" s="4">
+        <v>3.84</v>
+      </c>
+      <c r="Q50" s="4">
+        <v>0</v>
+      </c>
+      <c r="R50" s="4">
+        <v>0</v>
+      </c>
+      <c r="S50" s="4">
+        <v>0</v>
+      </c>
+      <c r="T50" s="1"/>
+      <c r="U50" s="1"/>
+      <c r="V50" s="1"/>
+      <c r="W50" s="1"/>
+    </row>
+    <row r="51" spans="1:23">
+      <c r="A51" s="3">
+        <v>49</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H51" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="I51" s="13"/>
+      <c r="J51" s="13"/>
+      <c r="K51" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="L51" s="4">
+        <v>70</v>
+      </c>
+      <c r="M51" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="N51" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="O51" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="P51" s="4">
+        <v>8.21</v>
+      </c>
+      <c r="Q51" s="4">
+        <v>0</v>
+      </c>
+      <c r="R51" s="4">
+        <v>0</v>
+      </c>
+      <c r="S51" s="4">
+        <v>0</v>
+      </c>
+      <c r="T51" s="1"/>
+      <c r="U51" s="1"/>
+      <c r="V51" s="1"/>
+      <c r="W51" s="1"/>
+    </row>
+    <row r="52" spans="1:23">
+      <c r="A52" s="3">
+        <v>50</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C52" s="3"/>
+      <c r="D52" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E52" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H52" s="13" t="s">
+        <v>259</v>
+      </c>
+      <c r="I52" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J52" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K52" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="L52" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="M52" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="N52" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="O52" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="P52" s="4">
+        <v>3.91</v>
+      </c>
+      <c r="Q52" s="4">
+        <v>0</v>
+      </c>
+      <c r="R52" s="4">
+        <v>0</v>
+      </c>
+      <c r="S52" s="4">
+        <v>50</v>
+      </c>
+      <c r="T52" s="1"/>
+      <c r="U52" s="1"/>
+      <c r="V52" s="1"/>
+      <c r="W52" s="1"/>
+    </row>
+    <row r="53" spans="1:23">
+      <c r="A53" s="3">
+        <v>51</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C53" s="3"/>
+      <c r="D53" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H53" s="13" t="s">
+        <v>265</v>
+      </c>
+      <c r="I53" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J53" s="13"/>
+      <c r="K53" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="L53" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="M53" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="N53" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="O53" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="P53" s="4">
+        <v>3.93</v>
+      </c>
+      <c r="Q53" s="4">
+        <v>0</v>
+      </c>
+      <c r="R53" s="4">
+        <v>0</v>
+      </c>
+      <c r="S53" s="4">
+        <v>0</v>
+      </c>
+      <c r="T53" s="1"/>
+      <c r="U53" s="1"/>
+      <c r="V53" s="1"/>
+      <c r="W53" s="1"/>
+    </row>
+    <row r="54" spans="1:23">
+      <c r="A54" s="3">
+        <v>52</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C54" s="3"/>
+      <c r="D54" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H54" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="I54" s="13" t="s">
+        <v>100</v>
+      </c>
+      <c r="J54" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K54" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="L54" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="M54" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="N54" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="O54" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="P54" s="4">
+        <v>20.85</v>
+      </c>
+      <c r="Q54" s="4">
+        <v>10.14</v>
+      </c>
+      <c r="R54" s="4">
+        <v>48.62</v>
+      </c>
+      <c r="S54" s="4">
+        <v>40</v>
+      </c>
+      <c r="T54" s="1"/>
+      <c r="U54" s="1"/>
+      <c r="V54" s="1"/>
+      <c r="W54" s="1"/>
+    </row>
+    <row r="55" spans="1:23">
+      <c r="A55" s="3">
+        <v>53</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C55" s="3"/>
+      <c r="D55" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E55" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H55" s="13" t="s">
+        <v>274</v>
+      </c>
+      <c r="I55" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J55" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="L55" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="M55" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="N55" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="O55" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="P55" s="4">
+        <v>27.85</v>
+      </c>
+      <c r="Q55" s="4">
+        <v>0</v>
+      </c>
+      <c r="R55" s="4">
+        <v>0</v>
+      </c>
+      <c r="S55" s="4">
+        <v>55</v>
+      </c>
+      <c r="T55" s="1"/>
+      <c r="U55" s="1"/>
+      <c r="V55" s="1"/>
+      <c r="W55" s="1"/>
+    </row>
+    <row r="56" spans="1:23">
+      <c r="A56" s="3">
+        <v>54</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="3"/>
+      <c r="D56" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E56" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H56" s="13" t="s">
+        <v>280</v>
+      </c>
+      <c r="I56" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J56" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K56" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="L56" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="M56" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="N56" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="O56" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="P56" s="4">
+        <v>4.68</v>
+      </c>
+      <c r="Q56" s="4">
+        <v>0</v>
+      </c>
+      <c r="R56" s="4">
+        <v>0</v>
+      </c>
+      <c r="S56" s="4">
+        <v>92</v>
+      </c>
+      <c r="T56" s="1"/>
+      <c r="U56" s="1"/>
+      <c r="V56" s="1"/>
+      <c r="W56" s="1"/>
+    </row>
+    <row r="57" spans="1:23">
+      <c r="A57" s="3">
+        <v>55</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C57" s="3"/>
+      <c r="D57" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E57" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H57" s="13" t="s">
+        <v>285</v>
+      </c>
+      <c r="I57" s="13"/>
+      <c r="J57" s="13"/>
+      <c r="K57" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="L57" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="M57" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="N57" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="O57" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="P57" s="4">
+        <v>35.39</v>
+      </c>
+      <c r="Q57" s="4">
+        <v>0</v>
+      </c>
+      <c r="R57" s="4">
+        <v>0</v>
+      </c>
+      <c r="S57" s="4">
+        <v>0</v>
+      </c>
+      <c r="T57" s="1"/>
+      <c r="U57" s="1"/>
+      <c r="V57" s="1"/>
+      <c r="W57" s="1"/>
+    </row>
+    <row r="58" spans="1:23">
+      <c r="A58" s="3">
+        <v>56</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C58" s="3"/>
+      <c r="D58" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E58" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F58" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H58" s="13" t="s">
+        <v>290</v>
+      </c>
+      <c r="I58" s="13"/>
+      <c r="J58" s="13"/>
+      <c r="K58" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="L58" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="M58" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="N58" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="O58" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="P58" s="4">
+        <v>0.99</v>
+      </c>
+      <c r="Q58" s="4">
+        <v>0</v>
+      </c>
+      <c r="R58" s="4">
+        <v>0</v>
+      </c>
+      <c r="S58" s="4">
+        <v>0</v>
+      </c>
+      <c r="T58" s="1"/>
+      <c r="U58" s="1"/>
+      <c r="V58" s="1"/>
+      <c r="W58" s="1"/>
+    </row>
+    <row r="59" spans="1:23">
+      <c r="A59" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B59" s="7"/>
+      <c r="C59" s="7"/>
+      <c r="D59" s="7"/>
+      <c r="E59" s="11"/>
+      <c r="F59" s="7"/>
+      <c r="G59" s="7"/>
+      <c r="H59" s="14"/>
+      <c r="I59" s="14"/>
+      <c r="J59" s="14"/>
+      <c r="K59" s="8"/>
+      <c r="L59" s="8"/>
+      <c r="M59" s="8"/>
+      <c r="N59" s="8"/>
+      <c r="O59" s="8">
+        <v>1179.59</v>
+      </c>
+      <c r="P59" s="8">
+        <v>580.25</v>
+      </c>
+      <c r="Q59" s="8">
+        <v>49.19</v>
+      </c>
+      <c r="R59" s="8"/>
+      <c r="S59" s="8"/>
+      <c r="T59" s="1"/>
+      <c r="U59" s="1"/>
+      <c r="V59" s="1"/>
+      <c r="W59" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="A59:N59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>