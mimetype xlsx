--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1495,54 +1495,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.56</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.55</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.72</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1556,54 +1556,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>4.33</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.33</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1739,54 +1739,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>2.79</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1800,54 +1800,54 @@
       <c r="I8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P8" s="4">
         <v>1.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.71</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>86.88</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1861,54 +1861,54 @@
       <c r="I9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P9" s="4">
         <v>2.4</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.26</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.87</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1922,54 +1922,54 @@
       <c r="I10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P10" s="4">
         <v>3.98</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.2</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>80.54</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1983,54 +1983,54 @@
       <c r="I11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P11" s="4">
         <v>12.9</v>
       </c>
       <c r="Q11" s="4">
-        <v>11.13</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>86.25</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2156,54 +2156,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P14" s="4">
         <v>78.39</v>
       </c>
       <c r="Q14" s="4">
-        <v>44.01</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>56.15</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2217,54 +2217,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P15" s="4">
         <v>73.77</v>
       </c>
       <c r="Q15" s="4">
-        <v>38.85</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>52.66</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2278,54 +2278,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P16" s="4">
         <v>88.54</v>
       </c>
       <c r="Q16" s="4">
-        <v>66.85</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>75.5</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2339,54 +2339,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>86.11</v>
       </c>
       <c r="Q17" s="4">
-        <v>64.06</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>74.4</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2400,54 +2400,54 @@
       <c r="I18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P18" s="4">
         <v>10.66</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.65</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2461,54 +2461,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P19" s="4">
         <v>56.4</v>
       </c>
       <c r="Q19" s="4">
-        <v>40.37</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>71.57</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2518,54 +2518,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>112</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="P20" s="4">
         <v>0.9</v>
       </c>
       <c r="Q20" s="4">
-        <v>1.49</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>165.65</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2579,54 +2579,54 @@
       <c r="I21" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P21" s="4">
         <v>0.98</v>
       </c>
       <c r="Q21" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>91.58</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2640,54 +2640,54 @@
       <c r="I22" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P22" s="4">
         <v>12.67</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.2</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>80.53</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -3157,54 +3157,54 @@
       <c r="I31" s="13" t="s">
         <v>159</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>160</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P31" s="4">
         <v>9.7</v>
       </c>
       <c r="Q31" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>71.57</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>65</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3218,90 +3218,92 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>170</v>
       </c>
       <c r="P32" s="4">
         <v>31.68</v>
       </c>
       <c r="Q32" s="4">
-        <v>6.15</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>19.42</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>78</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>171</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J33" s="13"/>
+      <c r="J33" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K33" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>175</v>
       </c>
       <c r="P33" s="4">
         <v>4.94</v>
       </c>
       <c r="Q33" s="4">
         <v>0</v>
       </c>
       <c r="R33" s="4">
         <v>0</v>
       </c>
       <c r="S33" s="4">
@@ -3395,54 +3397,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P35" s="4">
         <v>78.39</v>
       </c>
       <c r="Q35" s="4">
-        <v>17.33</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>22.1</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>20</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3456,54 +3458,54 @@
       <c r="I36" s="13" t="s">
         <v>159</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>188</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>189</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>190</v>
       </c>
       <c r="P36" s="4">
         <v>22.05</v>
       </c>
       <c r="Q36" s="4">
-        <v>19.69</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>89.31</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>95</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3517,54 +3519,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>192</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>193</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P37" s="4">
         <v>56.66</v>
       </c>
       <c r="Q37" s="4">
-        <v>54.61</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>96.39</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>99</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3578,54 +3580,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P38" s="4">
         <v>31.08</v>
       </c>
       <c r="Q38" s="4">
-        <v>14.8</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>47.62</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>70</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3639,54 +3641,54 @@
       <c r="I39" s="13" t="s">
         <v>202</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>203</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>204</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>205</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>207</v>
       </c>
       <c r="P39" s="4">
         <v>87.88</v>
       </c>
       <c r="Q39" s="4">
-        <v>28.3</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>32.2</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>100</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3700,54 +3702,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>209</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>210</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>212</v>
       </c>
       <c r="P40" s="4">
         <v>47.18</v>
       </c>
       <c r="Q40" s="4">
-        <v>23.09</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>48.95</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>40</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3761,54 +3763,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>218</v>
       </c>
       <c r="P41" s="4">
         <v>43.61</v>
       </c>
       <c r="Q41" s="4">
-        <v>40.54</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>92.96</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>60</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3822,54 +3824,54 @@
       <c r="I42" s="13" t="s">
         <v>220</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>221</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>222</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>164</v>
       </c>
       <c r="P42" s="4">
         <v>31.09</v>
       </c>
       <c r="Q42" s="4">
-        <v>30.98</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.65</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>100</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3883,54 +3885,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>229</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>230</v>
       </c>
       <c r="P43" s="4">
         <v>3.53</v>
       </c>
       <c r="Q43" s="4">
-        <v>6.99</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>198.07</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>95</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3944,54 +3946,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P44" s="4">
         <v>4.93</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>95</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4005,54 +4007,54 @@
       <c r="I45" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>237</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>238</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>234</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>235</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P45" s="4">
         <v>4.93</v>
       </c>
       <c r="Q45" s="4">
-        <v>4.93</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>95</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -4066,54 +4068,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>240</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>241</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>228</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>229</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P46" s="4">
         <v>4.15</v>
       </c>
       <c r="Q46" s="4">
-        <v>4.12</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>99.41</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>95</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4127,54 +4129,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>245</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="P47" s="4">
         <v>0.36</v>
       </c>
       <c r="Q47" s="4">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>95</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>70</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4536,54 +4538,54 @@
       <c r="I54" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>269</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>270</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>271</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>272</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>273</v>
       </c>
       <c r="P54" s="4">
         <v>20.85</v>
       </c>
       <c r="Q54" s="4">
-        <v>10.14</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>48.62</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>40</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -4806,54 +4808,54 @@
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="7" t="s">
         <v>296</v>
       </c>
       <c r="B59" s="7"/>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
       <c r="E59" s="11"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
       <c r="J59" s="14"/>
       <c r="K59" s="8"/>
       <c r="L59" s="8"/>
       <c r="M59" s="8"/>
       <c r="N59" s="8"/>
       <c r="O59" s="8">
         <v>1179.59</v>
       </c>
       <c r="P59" s="8">
-        <v>580.25</v>
+        <v>0</v>
       </c>
       <c r="Q59" s="8">
-        <v>49.19</v>
+        <v>0</v>
       </c>
       <c r="R59" s="8"/>
       <c r="S59" s="8"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A59:N59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>