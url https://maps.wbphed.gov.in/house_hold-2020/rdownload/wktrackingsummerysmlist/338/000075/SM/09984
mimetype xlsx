--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1189,54 +1189,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.17</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.13</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.97</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1250,54 +1250,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>4.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.55</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1311,54 +1311,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>2.93</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.75</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>94.02</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1372,54 +1372,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P6" s="4">
         <v>3.52</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>73.84</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1433,54 +1433,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P7" s="4">
         <v>3.52</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.62</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>74.36</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1494,54 +1494,54 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P8" s="4">
         <v>4.97</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.62</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>93.12</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1555,54 +1555,54 @@
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P9" s="4">
         <v>2.93</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>94.91</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1616,54 +1616,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P10" s="4">
         <v>4.97</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.7</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>94.69</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1677,54 +1677,54 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P11" s="4">
         <v>2.93</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.75</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>94.02</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1738,54 +1738,54 @@
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P12" s="4">
         <v>3.52</v>
       </c>
       <c r="Q12" s="4">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>73.91</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2080,54 +2080,54 @@
       <c r="I18" s="13" t="s">
         <v>91</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P18" s="4">
         <v>10.67</v>
       </c>
       <c r="Q18" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>97.32</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2137,54 +2137,54 @@
       </c>
       <c r="H19" s="13" t="s">
         <v>98</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P19" s="4">
         <v>0.29</v>
       </c>
       <c r="Q19" s="4">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>98.36</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2654,54 +2654,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>133</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="P28" s="4">
         <v>461.01</v>
       </c>
       <c r="Q28" s="4">
-        <v>460.96</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>50</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2715,54 +2715,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P29" s="4">
         <v>246.26</v>
       </c>
       <c r="Q29" s="4">
-        <v>204.24</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>82.94</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>50</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2776,54 +2776,54 @@
       <c r="I30" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>144</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P30" s="4">
         <v>10.67</v>
       </c>
       <c r="Q30" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>99</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2951,54 +2951,54 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P33" s="4">
         <v>15.56</v>
       </c>
       <c r="Q33" s="4">
-        <v>13.47</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>86.59</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3012,54 +3012,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P34" s="4">
         <v>64.2</v>
       </c>
       <c r="Q34" s="4">
-        <v>15.97</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>24.88</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3130,54 +3130,54 @@
       <c r="I36" s="13" t="s">
         <v>91</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>178</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>179</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>180</v>
       </c>
       <c r="P36" s="4">
         <v>9.66</v>
       </c>
       <c r="Q36" s="4">
-        <v>9.4</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>97.26</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>99</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3191,54 +3191,54 @@
       <c r="I37" s="13" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>182</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P37" s="4">
         <v>10.41</v>
       </c>
       <c r="Q37" s="4">
-        <v>10.13</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>97.32</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>90</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3286,54 +3286,54 @@
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="7" t="s">
         <v>194</v>
       </c>
       <c r="B39" s="7"/>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
       <c r="E39" s="11"/>
       <c r="F39" s="7"/>
       <c r="G39" s="7"/>
       <c r="H39" s="14"/>
       <c r="I39" s="14"/>
       <c r="J39" s="14"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
       <c r="M39" s="8"/>
       <c r="N39" s="8"/>
       <c r="O39" s="8">
         <v>1347.3</v>
       </c>
       <c r="P39" s="8">
-        <v>769.32</v>
+        <v>0</v>
       </c>
       <c r="Q39" s="8">
-        <v>57.1</v>
+        <v>0</v>
       </c>
       <c r="R39" s="8"/>
       <c r="S39" s="8"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A39:N39"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>