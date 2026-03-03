--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1278,54 +1278,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.99</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.66</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1337,54 +1337,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>14.74</v>
       </c>
       <c r="Q4" s="4">
-        <v>11.18</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>75.89</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1396,54 +1396,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>12.61</v>
       </c>
       <c r="Q5" s="4">
-        <v>11.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>88.47</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1455,54 +1455,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>46</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P6" s="4">
         <v>0.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>76.14</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1514,54 +1514,54 @@
       </c>
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P7" s="4">
         <v>12.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.54</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>83.56</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1573,54 +1573,54 @@
       </c>
       <c r="H8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P8" s="4">
         <v>14.74</v>
       </c>
       <c r="Q8" s="4">
-        <v>11.14</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>75.61</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1864,54 +1864,54 @@
       </c>
       <c r="H13" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P13" s="4">
         <v>10.55</v>
       </c>
       <c r="Q13" s="4">
-        <v>10.51</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>5</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1923,54 +1923,54 @@
       </c>
       <c r="H14" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P14" s="4">
         <v>10.5</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.5</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1982,54 +1982,54 @@
       </c>
       <c r="H15" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P15" s="4">
         <v>10.52</v>
       </c>
       <c r="Q15" s="4">
-        <v>10.26</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>97.55</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -2041,54 +2041,54 @@
       </c>
       <c r="H16" s="13" t="s">
         <v>88</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P16" s="4">
         <v>0.84</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2100,54 +2100,54 @@
       </c>
       <c r="H17" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P17" s="4">
         <v>10.48</v>
       </c>
       <c r="Q17" s="4">
-        <v>10.23</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>97.55</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -2928,54 +2928,54 @@
       <c r="I31" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P31" s="4">
         <v>9.7</v>
       </c>
       <c r="Q31" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>71.57</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>65</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>23</v>
       </c>
@@ -3050,54 +3050,54 @@
       <c r="I33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>151</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>152</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>153</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>154</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>155</v>
       </c>
       <c r="P33" s="4">
         <v>507.65</v>
       </c>
       <c r="Q33" s="4">
-        <v>507.48</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>99</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>23</v>
       </c>
@@ -3113,54 +3113,54 @@
       <c r="I34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P34" s="4">
         <v>51.59</v>
       </c>
       <c r="Q34" s="4">
-        <v>50.49</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>97.87</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>80</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
@@ -3176,54 +3176,54 @@
       <c r="I35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P35" s="4">
         <v>12.1</v>
       </c>
       <c r="Q35" s="4">
-        <v>6.3</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>52.1</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>60</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
@@ -3239,54 +3239,54 @@
       <c r="I36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>171</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>172</v>
       </c>
       <c r="P36" s="4">
         <v>17.55</v>
       </c>
       <c r="Q36" s="4">
-        <v>10.02</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>57.11</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>75</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>23</v>
       </c>
@@ -3302,54 +3302,54 @@
       <c r="I37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>176</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>177</v>
       </c>
       <c r="P37" s="4">
         <v>13.52</v>
       </c>
       <c r="Q37" s="4">
-        <v>13.35</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>98.7</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>99</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>23</v>
       </c>
@@ -3365,54 +3365,54 @@
       <c r="I38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>179</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>180</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>181</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>166</v>
       </c>
       <c r="P38" s="4">
         <v>18.31</v>
       </c>
       <c r="Q38" s="4">
-        <v>16.73</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>91.39</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>90</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>23</v>
       </c>
@@ -3428,54 +3428,54 @@
       <c r="I39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P39" s="4">
         <v>4.97</v>
       </c>
       <c r="Q39" s="4">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.51</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>99</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>23</v>
       </c>
@@ -3491,54 +3491,54 @@
       <c r="I40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>189</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>190</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>187</v>
       </c>
       <c r="P40" s="4">
         <v>4.97</v>
       </c>
       <c r="Q40" s="4">
-        <v>4.97</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>99</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>23</v>
       </c>
@@ -3739,54 +3739,54 @@
       <c r="I44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>204</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>205</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>206</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>199</v>
       </c>
       <c r="P44" s="4">
         <v>13.53</v>
       </c>
       <c r="Q44" s="4">
-        <v>6.72</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>49.71</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>99</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>23</v>
       </c>
@@ -3865,54 +3865,54 @@
       <c r="I46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>215</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>216</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>217</v>
       </c>
       <c r="P46" s="4">
         <v>29.4</v>
       </c>
       <c r="Q46" s="4">
-        <v>3.74</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>12.72</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>50</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>23</v>
       </c>
@@ -3928,88 +3928,88 @@
       <c r="I47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>222</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P47" s="4">
         <v>447.88</v>
       </c>
       <c r="Q47" s="4">
-        <v>421.2</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>94.04</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>90</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="7" t="s">
         <v>223</v>
       </c>
       <c r="B48" s="7"/>
       <c r="C48" s="7"/>
       <c r="D48" s="7"/>
       <c r="E48" s="11"/>
       <c r="F48" s="7"/>
       <c r="G48" s="7"/>
       <c r="H48" s="14"/>
       <c r="I48" s="14"/>
       <c r="J48" s="14"/>
       <c r="K48" s="8"/>
       <c r="L48" s="8"/>
       <c r="M48" s="8"/>
       <c r="N48" s="8"/>
       <c r="O48" s="8">
         <v>1654.06</v>
       </c>
       <c r="P48" s="8">
-        <v>1144.81</v>
+        <v>0</v>
       </c>
       <c r="Q48" s="8">
-        <v>69.21</v>
+        <v>0</v>
       </c>
       <c r="R48" s="8"/>
       <c r="S48" s="8"/>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A48:N48"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>