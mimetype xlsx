--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1057,54 +1057,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.01</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.01</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1118,54 +1118,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>2.12</v>
       </c>
       <c r="Q4" s="4">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>92.42</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1179,54 +1179,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>2.4</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.23</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>92.79</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1240,54 +1240,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>2.08</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.9</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>91.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1301,54 +1301,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="4">
         <v>2.79</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1362,54 +1362,54 @@
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P8" s="4">
         <v>3.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>3.41</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>88.01</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>90</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1480,54 +1480,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>458.18</v>
       </c>
       <c r="Q10" s="4">
-        <v>444.62</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>97.04</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>70</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1541,54 +1541,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>10.68</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1602,54 +1602,54 @@
       <c r="I12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>10.68</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.39</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.31</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1663,54 +1663,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>12.44</v>
       </c>
       <c r="Q13" s="4">
-        <v>11.72</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>94.23</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1952,54 +1952,54 @@
       <c r="I18" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="P18" s="4">
         <v>9.7</v>
       </c>
       <c r="Q18" s="4">
-        <v>6.94</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>71.57</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>65</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2371,54 +2371,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P25" s="4">
         <v>21.58</v>
       </c>
       <c r="Q25" s="4">
-        <v>16.02</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>74.23</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>99</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2527,54 +2527,54 @@
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="11"/>
       <c r="F28" s="7"/>
       <c r="G28" s="7"/>
       <c r="H28" s="14"/>
       <c r="I28" s="14"/>
       <c r="J28" s="14"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8">
         <v>640.85</v>
       </c>
       <c r="P28" s="8">
-        <v>516.37</v>
+        <v>0</v>
       </c>
       <c r="Q28" s="8">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>