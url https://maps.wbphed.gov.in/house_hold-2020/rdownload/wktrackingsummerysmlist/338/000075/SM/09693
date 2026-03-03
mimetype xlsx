--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1054,54 +1054,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.79</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1396,54 +1396,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>16.51</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.28</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>25.94</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1453,54 +1453,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>3.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.22</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.03</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1514,54 +1514,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>22.53</v>
       </c>
       <c r="Q11" s="4">
-        <v>22.24</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.71</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1571,54 +1571,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P12" s="4">
         <v>4.37</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.37</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1630,54 +1630,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P13" s="4">
         <v>0.69</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1691,54 +1691,54 @@
       <c r="I14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>11.38</v>
       </c>
       <c r="Q14" s="4">
-        <v>10.14</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>89.14</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2151,54 +2151,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P22" s="4">
         <v>48.51</v>
       </c>
       <c r="Q22" s="4">
-        <v>13.73</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>28.31</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>70</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2273,54 +2273,54 @@
       <c r="I24" s="13" t="s">
         <v>131</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>132</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P24" s="4">
         <v>21.48</v>
       </c>
       <c r="Q24" s="4">
-        <v>21.31</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.25</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>60</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2334,54 +2334,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>10.29</v>
       </c>
       <c r="Q25" s="4">
-        <v>10.28</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2395,88 +2395,88 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P26" s="4">
         <v>404.28</v>
       </c>
       <c r="Q26" s="4">
-        <v>365.14</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>90.32</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>80</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>149</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>668.2</v>
       </c>
       <c r="P27" s="8">
-        <v>459.2</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>68.72</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>