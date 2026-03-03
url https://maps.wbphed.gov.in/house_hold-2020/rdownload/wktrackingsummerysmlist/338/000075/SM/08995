--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -995,54 +995,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>11.21</v>
       </c>
       <c r="Q3" s="4">
-        <v>10.17</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.79</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1058,54 +1058,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>12.84</v>
       </c>
       <c r="Q4" s="4">
-        <v>11.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>90.32</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1117,54 +1117,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>11.21</v>
       </c>
       <c r="Q5" s="4">
-        <v>9.2</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>82.09</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>90</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1418,54 +1418,54 @@
       <c r="I10" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>2.93</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.63</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>89.7</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1481,54 +1481,54 @@
       <c r="I11" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>37.98</v>
       </c>
       <c r="Q11" s="4">
-        <v>37.82</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.57</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>98</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -2079,54 +2079,54 @@
       <c r="I21" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P21" s="4">
         <v>56.42</v>
       </c>
       <c r="Q21" s="4">
-        <v>25.62</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>45.41</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>52</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2142,88 +2142,88 @@
       <c r="I22" s="13" t="s">
         <v>60</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P22" s="4">
         <v>278.64</v>
       </c>
       <c r="Q22" s="4">
-        <v>234.7</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>84.23</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>70</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>130</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>530.46</v>
       </c>
       <c r="P23" s="8">
-        <v>331.74</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>62.54</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>