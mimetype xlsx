--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -257,99 +257,66 @@
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Repair &amp; Renovation of I.E.Plant (Capacity-38 Cu.m.) for Augmentation of Krishnapara Water Supply Scheme under Hasnabad Block under Barasat Arsenic Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000213/2024-2025</t>
   </si>
   <si>
     <t>578/B.Ar.D.</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>SUNIL DULE</t>
   </si>
   <si>
-    <t>Hiring of one (1) no. Diesel / Petrol operated motor cab ( Car No. WB25M 3675) with driver for official use for Executive Engineer, Barasat Arsenic Division, PHE Dte. w.e.f. 01.03.2025 to 28.08.2025.</t>
-[...16 lines deleted...]
-  <si>
     <t>Laying and Refixing of Ferrule of distribution Pipeline for Functional House Hold Tap Connection (FHTC) from existing and new proposed distribution system within command area of Krishnapara W/S Scheme at Hasnabad Block in North 24 Pgs District under Barasat Arsenic Division, PHE Dte. (SM/11706)</t>
   </si>
   <si>
     <t>ORD/000003/2025-2026</t>
   </si>
   <si>
     <t>795/B.Ar.D.</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
     <t>14/06/2025</t>
   </si>
   <si>
     <t>BABUSONA CONSTRUCTION</t>
-  </si>
-[...13 lines deleted...]
-    <t>28/01/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -738,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1414,247 +1381,125 @@
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I12" s="13" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
-        <v>0.86</v>
+        <v>37.18</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...18 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>21526.05</v>
+      </c>
+      <c r="P13" s="8">
+        <v>93.05</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0.43</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...92 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>