--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -868,54 +868,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.43</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -986,54 +986,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>13.9</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.58</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>97.66</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1161,54 +1161,54 @@
       <c r="I8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>103.23</v>
       </c>
       <c r="Q8" s="4">
-        <v>69.93</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>67.74</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1222,54 +1222,54 @@
       <c r="I9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>8.62</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.56</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.33</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1439,54 +1439,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>21526.05</v>
       </c>
       <c r="P13" s="8">
-        <v>93.05</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>