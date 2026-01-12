--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -470,51 +470,51 @@
   <si>
     <t>234/B.Ar.D</t>
   </si>
   <si>
     <t>06/02/2025</t>
   </si>
   <si>
     <t>23/03/2025</t>
   </si>
   <si>
     <t>N. H. ENTERPRISE</t>
   </si>
   <si>
     <t>Restoration of damaged existing pipeline and Laying of distribution Main (DI Pipe) System including specials all complete from existing and new proposed distribution system along Badu Road and Madanpur Krishnapur area for Augmentation of Ground Based Water Supply Scheme at Baghband Saiberia under Barasat - II Block under Barasat Arsenic Division, PHE Dte. (SM/11558)</t>
   </si>
   <si>
     <t>ORD/000002/2025-2026</t>
   </si>
   <si>
     <t>794/B.Ar.D.</t>
   </si>
   <si>
     <t>30/04/2025</t>
   </si>
   <si>
-    <t>14/06/2025</t>
+    <t>27/10/2025</t>
   </si>
   <si>
     <t>TOJO ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>