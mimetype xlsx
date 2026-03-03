--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1069,54 +1069,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.99</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.68</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1187,54 +1187,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>16.6</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.13</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>91.13</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1248,54 +1248,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>15.62</v>
       </c>
       <c r="Q6" s="4">
-        <v>11.81</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>75.63</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1309,54 +1309,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>15.62</v>
       </c>
       <c r="Q7" s="4">
-        <v>12.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.74</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1370,54 +1370,54 @@
       <c r="I8" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>0.48</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>249.2</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1427,54 +1427,54 @@
       </c>
       <c r="H9" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>3.02</v>
       </c>
       <c r="Q9" s="4">
-        <v>2.81</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.08</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1659,54 +1659,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>442.01</v>
       </c>
       <c r="Q13" s="4">
-        <v>261.38</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>59.14</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>86</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1720,54 +1720,54 @@
       <c r="I14" s="13" t="s">
         <v>57</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>0.14</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.36</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>251.39</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1781,54 +1781,54 @@
       <c r="I15" s="13" t="s">
         <v>94</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>0.95</v>
       </c>
       <c r="Q15" s="4">
-        <v>2.58</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>271.47</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1842,54 +1842,54 @@
       <c r="I16" s="13" t="s">
         <v>101</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>0.07</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>279.95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1903,54 +1903,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P17" s="4">
         <v>7.51</v>
       </c>
       <c r="Q17" s="4">
-        <v>6.69</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>89.08</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>50</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1964,54 +1964,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P18" s="4">
         <v>5.97</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.39</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>90.17</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2025,54 +2025,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P19" s="4">
         <v>13.53</v>
       </c>
       <c r="Q19" s="4">
-        <v>13.51</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.82</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2143,54 +2143,54 @@
       <c r="I21" s="13" t="s">
         <v>129</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P21" s="4">
         <v>33.23</v>
       </c>
       <c r="Q21" s="4">
-        <v>20.32</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>61.13</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>66</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2204,54 +2204,54 @@
       <c r="I22" s="13" t="s">
         <v>136</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>138</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>139</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>140</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>141</v>
       </c>
       <c r="P22" s="4">
         <v>0.87</v>
       </c>
       <c r="Q22" s="4">
-        <v>2.2</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>252.17</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2360,54 +2360,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>154</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>659.32</v>
       </c>
       <c r="P25" s="8">
-        <v>357.31</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>54.19</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>