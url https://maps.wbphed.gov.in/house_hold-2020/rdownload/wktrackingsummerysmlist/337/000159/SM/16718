--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -74,54 +74,63 @@
   <si>
     <t>WO Number</t>
   </si>
   <si>
     <t>WO Date</t>
   </si>
   <si>
     <t>WO End Date</t>
   </si>
   <si>
     <t>Agency Name</t>
   </si>
   <si>
     <t>Work Value</t>
   </si>
   <si>
     <t>Payment</t>
   </si>
   <si>
     <t>Payment %</t>
   </si>
   <si>
     <t>Physical Progress %</t>
   </si>
   <si>
+    <t>NORTH 24 PARGANAS</t>
+  </si>
+  <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Implementation of Affordable IoT at Chandpara Water Supply Scheme in Gaighata Block, District-24 Pgs (N)</t>
+  </si>
+  <si>
+    <t>SM/16718</t>
+  </si>
+  <si>
+    <t>IOT</t>
   </si>
   <si>
     <t>Acceptance of Implementation of Affordable loT-Enable Water Service Delivery Measurement and Monitoring Sensing System in Rural PWSS under Jal Jeevan Mission in the district of North 24 Parganas and Nadia in West Bengal under Eastern Mechanical Division, PHED. (i) Your Memo. no. WTL/T3/PHE/24-25/050-11 dt.30.07.2024 (ii) Order No. 2253/PHE-1 13018/9/2024-SCHM CELL-Dept. of PHE of the Special Sect. to the GOWB (iii) Memo. No. 12079/Works/Misc/000012/2023 dt. 30.08.2024 of the CE(M/E), SZ, PHE Dte. (iv) Memo. No. 468/1-3/MC-III dt. 30.08.2024 of the SE/MC-III/PHED.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer,Junior Engineer (Mechanical)</t>
   </si>
   <si>
     <t>ORD/001473/2024-2025</t>
   </si>
   <si>
     <t>2205/EMD</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LTD.</t>
   </si>
@@ -543,55 +552,55 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
-    <col min="6" max="6" width="9.283447" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="25.85083" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
@@ -653,104 +662,110 @@
       </c>
       <c r="O2" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="6" t="s">
         <v>18</v>
       </c>
       <c r="S2" s="6" t="s">
         <v>19</v>
       </c>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="3">
         <v>1</v>
       </c>
-      <c r="B3" s="3"/>
+      <c r="B3" s="3" t="s">
+        <v>20</v>
+      </c>
       <c r="C3" s="3"/>
       <c r="D3" s="3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E3" s="10" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G3" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="13" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>5750.24</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>20</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="11"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8">
         <v>5750.24</v>
       </c>
       <c r="P4" s="8">
         <v>0</v>
       </c>
       <c r="Q4" s="8">
         <v>0</v>
       </c>
       <c r="R4" s="8"/>
       <c r="S4" s="8"/>