--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1121,54 +1121,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>56.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>56.46</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2719,54 +2719,54 @@
         <v>92</v>
       </c>
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13"/>
       <c r="K31" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P31" s="4">
         <v>36.04</v>
       </c>
       <c r="Q31" s="4">
-        <v>16.52</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>45.85</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>65</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2778,54 +2778,54 @@
         <v>98</v>
       </c>
       <c r="I32" s="13"/>
       <c r="J32" s="13" t="s">
         <v>99</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>102</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P32" s="4">
         <v>0.49</v>
       </c>
       <c r="Q32" s="4">
-        <v>0.49</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>85</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2837,54 +2837,54 @@
         <v>104</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13"/>
       <c r="K33" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P33" s="4">
         <v>76.15</v>
       </c>
       <c r="Q33" s="4">
-        <v>76.15</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>95</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -4292,54 +4292,54 @@
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="7" t="s">
         <v>172</v>
       </c>
       <c r="B59" s="7"/>
       <c r="C59" s="7"/>
       <c r="D59" s="7"/>
       <c r="E59" s="11"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
       <c r="H59" s="14"/>
       <c r="I59" s="14"/>
       <c r="J59" s="14"/>
       <c r="K59" s="8"/>
       <c r="L59" s="8"/>
       <c r="M59" s="8"/>
       <c r="N59" s="8"/>
       <c r="O59" s="8">
         <v>193.26</v>
       </c>
       <c r="P59" s="8">
-        <v>149.62</v>
+        <v>0</v>
       </c>
       <c r="Q59" s="8">
-        <v>77.42</v>
+        <v>0</v>
       </c>
       <c r="R59" s="8"/>
       <c r="S59" s="8"/>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A59:N59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>