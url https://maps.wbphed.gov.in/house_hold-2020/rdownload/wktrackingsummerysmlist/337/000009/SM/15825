--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -398,51 +398,51 @@
   <si>
     <t>ORD/000001/2023-2024</t>
   </si>
   <si>
     <t>1415/CDD</t>
   </si>
   <si>
     <t>21/09/2023</t>
   </si>
   <si>
     <t>21/07/2024</t>
   </si>
   <si>
     <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Formal work order for Additional Laying of UPVC distribution pipe line, protection works &amp; other allied works within Mathbari Abad w/s scheme, Sandeshkhali-I Block under Hasnabad Sub-Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000524/2024-2025</t>
   </si>
   <si>
     <t>2796/BD</t>
   </si>
   <si>
-    <t>25/10/2024</t>
+    <t>24/12/2024</t>
   </si>
   <si>
     <t>M/S PROGATI ENTERPRISE.</t>
   </si>
   <si>
     <t>Acceptance cum work order for Construction of anchor block for resting of 250/200 mm dia DI distribution main pipeline over existing concrete wall beside Basanti Highway at different places for Mathbari Abad w/s scheme, Sandeshkhali-I block under Hasnabad Sub-Division P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000262/2025-2026</t>
   </si>
   <si>
     <t>2348/BD</t>
   </si>
   <si>
     <t>08/07/2025</t>
   </si>
   <si>
     <t>06/09/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 