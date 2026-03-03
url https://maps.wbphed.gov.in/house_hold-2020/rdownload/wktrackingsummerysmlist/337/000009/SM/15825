--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1014,54 +1014,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>4.83</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1077,54 +1077,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>4.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1199,54 +1199,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>442.43</v>
       </c>
       <c r="Q6" s="4">
-        <v>305.29</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>85</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1262,54 +1262,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>0.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.26</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>261.65</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1382,54 +1382,54 @@
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="4">
         <v>0.84</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.83</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.82</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>22</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1508,54 +1508,54 @@
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>0.99</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1697,54 +1697,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P14" s="4">
         <v>0.99</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1760,54 +1760,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P15" s="4">
         <v>0.9</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1823,54 +1823,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P16" s="4">
         <v>0.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2256,54 +2256,54 @@
       <c r="I23" s="13" t="s">
         <v>119</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q23" s="4">
-        <v>36.01</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>11</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2319,54 +2319,54 @@
       <c r="I24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P24" s="4">
         <v>140.81</v>
       </c>
       <c r="Q24" s="4">
-        <v>19.02</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>13.51</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>70</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2414,54 +2414,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>21985.99</v>
       </c>
       <c r="P26" s="8">
-        <v>376.92</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>1.71</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>