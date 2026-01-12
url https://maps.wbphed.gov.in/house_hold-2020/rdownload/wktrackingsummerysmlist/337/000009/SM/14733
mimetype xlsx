--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -203,159 +203,159 @@
   <si>
     <t>845/BD</t>
   </si>
   <si>
     <t>13/03/2024</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>Acceptance cum work order for the work of Hiring Diesel Luxury Car on daily basis for the Office of the Dy. Superintending Engineer-I, Monitoring Cell, PHE Dte. (Period from 01-04-2024 to 30-09-2024).</t>
   </si>
   <si>
     <t>ORD/001928/2023-2024</t>
   </si>
   <si>
     <t>914/BD</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>14/09/2024</t>
   </si>
   <si>
+    <t>Preparation of DPR in connection of augumentation of Kashimpur Water Supply Scheme under Barasat Sub Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000607/2022-2023</t>
+  </si>
+  <si>
+    <t>666/BSD</t>
+  </si>
+  <si>
+    <t>25/08/2022</t>
+  </si>
+  <si>
+    <t>24/09/2022</t>
+  </si>
+  <si>
+    <t>RADIANT</t>
+  </si>
+  <si>
+    <t>Formal work order for Construction of 200 cum capacity 20 mtr. height R.C.C. Over Head Reservoir as per Deptt. design, drawing &amp; specification including bored pile &amp; pile cap, laying of DI rising main &amp; distribution pipe line by DI/UPVC and Providing FHTC for Augmentaion of Kashimpur water supply scheme under Barasat Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000157/2023-2024</t>
+  </si>
+  <si>
+    <t>1716/BD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>08/06/2024</t>
+  </si>
+  <si>
+    <t>S.S.ENTERPRISE. (BAMANGACHI)</t>
+  </si>
+  <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer and Automatic Chlorinator (in connection with Aug. work related to FHTC) at Pump House No.I and II (Rep) under Kashimpur W/S Scheme District of 24 Pgs. (N)</t>
+  </si>
+  <si>
+    <t>ORD/001143/2023-2024</t>
+  </si>
+  <si>
+    <t>4746/EMD</t>
+  </si>
+  <si>
+    <t>07/08/2023</t>
+  </si>
+  <si>
+    <t>06/09/2023</t>
+  </si>
+  <si>
+    <t>MAHAMAYA ENTERPRISE.</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Sinking of 1 (one) no. 250 mm. x 150 mm. big dia. 210 mtr deep Tubewell by D.R. Rig method having 250 mm dia 42.0 mtr. long PVC housing pipe &amp; 150 mm dia 30.0 mtr. long filter for Augmentation Kashimpur Water Supply Scheme (2nd T/W Site) of Barasat Sub-Division under Barasat Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001770/2023-2024</t>
+  </si>
+  <si>
+    <t>587/BD</t>
+  </si>
+  <si>
+    <t>23/02/2024</t>
+  </si>
+  <si>
+    <t>24/03/2024</t>
+  </si>
+  <si>
+    <t>SUBHAJIT SAHA</t>
+  </si>
+  <si>
+    <t>Installation of Har Ghar Jal (HGJ) Display Board at different village of verious PWSS of Barasat-I Block within Barasat Sub Division under Barasat Division, P.H.E. Dte. Part-B</t>
+  </si>
+  <si>
+    <t>ORD/001853/2023-2024</t>
+  </si>
+  <si>
+    <t>1121./1/BSD</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>13/02/2024</t>
+  </si>
+  <si>
+    <t>BIBHAS PAL.</t>
+  </si>
+  <si>
     <t>Different works in connection with Augmentation Kashimpur PWSS (2nd Tubewell site - Pump House, Boundary Wall &amp; Service Road).</t>
   </si>
   <si>
     <t>ORD/000472/2024-2025</t>
   </si>
   <si>
     <t>587/BSD</t>
   </si>
   <si>
     <t>10/09/2024</t>
   </si>
   <si>
     <t>30/09/2024</t>
   </si>
   <si>
     <t>M/S SUKANTA ENTERPRISE.</t>
-  </si>
-[...91 lines deleted...]
-    <t>BIBHAS PAL.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1317,60 +1317,60 @@
       <c r="H10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
-        <v>3.36</v>
+        <v>3.04</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>2.88</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>94.45</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
@@ -1378,179 +1378,179 @@
       <c r="H11" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
-        <v>3.04</v>
+        <v>318.43</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.88</v>
+        <v>317.44</v>
       </c>
       <c r="R11" s="4">
-        <v>94.45</v>
+        <v>99.69</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P12" s="4">
-        <v>318.43</v>
+        <v>26.07</v>
       </c>
       <c r="Q12" s="4">
-        <v>317.44</v>
+        <v>24.17</v>
       </c>
       <c r="R12" s="4">
-        <v>99.69</v>
+        <v>92.72</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
-        <v>26.07</v>
+        <v>11.22</v>
       </c>
       <c r="Q13" s="4">
-        <v>24.17</v>
+        <v>9.99</v>
       </c>
       <c r="R13" s="4">
-        <v>92.72</v>
+        <v>89</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1561,57 +1561,57 @@
       <c r="H14" s="13" t="s">
         <v>88</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
-        <v>11.22</v>
+        <v>0.88</v>
       </c>
       <c r="Q14" s="4">
-        <v>9.99</v>
+        <v>0.88</v>
       </c>
       <c r="R14" s="4">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1622,57 +1622,57 @@
       <c r="H15" s="13" t="s">
         <v>94</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
-        <v>0.88</v>
+        <v>3.36</v>
       </c>
       <c r="Q15" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>