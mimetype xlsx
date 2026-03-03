--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -905,54 +905,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>16.08</v>
       </c>
       <c r="Q3" s="4">
-        <v>11.87</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>73.78</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1078,54 +1078,54 @@
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>0.91</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.72</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>188.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>18</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1139,54 +1139,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>0.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>208.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1198,54 +1198,54 @@
         <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P8" s="4">
         <v>0.87</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.76</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>86.88</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1259,54 +1259,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P9" s="4">
         <v>0.87</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.2</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>138.61</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1320,54 +1320,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>3.04</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.88</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>94.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1381,54 +1381,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>318.43</v>
       </c>
       <c r="Q11" s="4">
-        <v>317.44</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.69</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1442,54 +1442,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>26.07</v>
       </c>
       <c r="Q12" s="4">
-        <v>24.17</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>92.72</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1503,54 +1503,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P13" s="4">
         <v>11.22</v>
       </c>
       <c r="Q13" s="4">
-        <v>9.99</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1564,54 +1564,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P14" s="4">
         <v>0.88</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1659,54 +1659,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>405.11</v>
       </c>
       <c r="P16" s="8">
-        <v>371.8</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>91.78</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>