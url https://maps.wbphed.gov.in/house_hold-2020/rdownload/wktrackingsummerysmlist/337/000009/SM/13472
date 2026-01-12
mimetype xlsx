--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -113,162 +113,162 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000075/2023-2024</t>
   </si>
   <si>
     <t>1672/BD</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000037/2023-2024</t>
   </si>
   <si>
     <t>1283/BD</t>
   </si>
   <si>
     <t>25/04/2023</t>
   </si>
   <si>
+    <t>Preparation of DPR in connection of augumentation of Shibalaya Water Supply Scheme under Barasat Sub Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000608/2022-2023</t>
+  </si>
+  <si>
+    <t>667/BSD</t>
+  </si>
+  <si>
+    <t>25/08/2022</t>
+  </si>
+  <si>
+    <t>24/09/2022</t>
+  </si>
+  <si>
+    <t>RADIANT</t>
+  </si>
+  <si>
+    <t>Different works in connection with Augmentation Shibalaya PWSS (1st Tubewell site - Pump House).</t>
+  </si>
+  <si>
+    <t>ORD/000460/2024-2025</t>
+  </si>
+  <si>
+    <t>579/BSD</t>
+  </si>
+  <si>
+    <t>10/09/2024</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>RANA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Arrangement of Block Level Orientation Programe involving stakeholders of PRI bodies including refreshments, training materials and related activities for 2 nos Blocks (Barasat-I &amp; II) in North 24 Parganas under Barasat Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000246/2024-2025</t>
+  </si>
+  <si>
+    <t>171/BSD</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>17/06/2024</t>
+  </si>
+  <si>
+    <t>IMAGIN</t>
+  </si>
+  <si>
+    <t>Formal work order for Construction of 300 cum capacity 20 mtr. height R.C.C. Over Head Reservoir as per Deptt. design, drawing &amp; specification including bored pile &amp; pile cap, laying of DI rising main &amp; distribution pipe line by DI/UPVC and Providing FHTC for Augmentaion of Shibalaya water supply scheme under Barasat Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000148/2023-2024</t>
+  </si>
+  <si>
+    <t>1713/BD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>08/06/2025</t>
+  </si>
+  <si>
+    <t>DIAMOND ENGINEER'S CO-OP. SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Driller In Charge</t>
+  </si>
+  <si>
+    <t>ORD/000001/2023-2024</t>
+  </si>
+  <si>
+    <t>1415/CDD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>21/07/2024</t>
+  </si>
+  <si>
+    <t>JHARGRAM SPV PRIVATE LIMITED</t>
+  </si>
+  <si>
     <t>Different works in connection with Augmentation Shibalaya PWSS (2nd Tubewell site - Pump House).</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...4 lines deleted...]
-  <si>
     <t>ORD/000463/2024-2025</t>
   </si>
   <si>
     <t>581/BSD</t>
   </si>
   <si>
-    <t>10/09/2024</t>
-[...4 lines deleted...]
-  <si>
     <t>M/S SUKANTA ENTERPRISE.</t>
-  </si>
-[...88 lines deleted...]
-    <t>JHARGRAM SPV PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -931,60 +931,60 @@
       <c r="H5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
-        <v>2.65</v>
+        <v>3.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>0</v>
+        <v>2.79</v>
       </c>
       <c r="R5" s="4">
-        <v>0</v>
+        <v>91.14</v>
       </c>
       <c r="S5" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
@@ -992,304 +992,304 @@
       <c r="H6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
-        <v>3.07</v>
+        <v>2.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.79</v>
+        <v>1.69</v>
       </c>
       <c r="R6" s="4">
-        <v>91.14</v>
+        <v>63.58</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P7" s="4">
-        <v>2.66</v>
+        <v>0.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.69</v>
+        <v>0.98</v>
       </c>
       <c r="R7" s="4">
-        <v>63.58</v>
+        <v>100</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="P8" s="4">
-        <v>0.98</v>
+        <v>364.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.98</v>
+        <v>185.68</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>50.91</v>
       </c>
       <c r="S8" s="4">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I9" s="13" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="4" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="P9" s="4">
-        <v>364.71</v>
+        <v>21339.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>185.68</v>
+        <v>47.4</v>
       </c>
       <c r="R9" s="4">
-        <v>50.91</v>
+        <v>0.22</v>
       </c>
       <c r="S9" s="4">
-        <v>80</v>
+        <v>11</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>68</v>
+        <v>44</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
-        <v>21339.76</v>
+        <v>2.65</v>
       </c>
       <c r="Q10" s="4">
-        <v>47.4</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>21765.86</v>