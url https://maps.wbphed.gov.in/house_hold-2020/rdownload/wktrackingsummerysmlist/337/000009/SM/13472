--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -934,54 +934,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>3.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>91.14</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -995,54 +995,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>2.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.69</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>63.58</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1056,54 +1056,54 @@
       <c r="I7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>0.98</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1117,54 +1117,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>364.71</v>
       </c>
       <c r="Q8" s="4">
-        <v>185.68</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>50.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>80</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1178,54 +1178,54 @@
       <c r="I9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>47.4</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>11</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1273,54 +1273,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>21765.86</v>
       </c>
       <c r="P11" s="8">
-        <v>238.54</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>