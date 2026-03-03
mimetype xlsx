--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -978,54 +978,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>1.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.46</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1226,54 +1226,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>4.83</v>
       </c>
       <c r="Q7" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>1</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1348,54 +1348,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P9" s="4">
         <v>8.5</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.51</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>88.42</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>86</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1411,54 +1411,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="4">
         <v>9.89</v>
       </c>
       <c r="Q10" s="4">
-        <v>7.87</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>79.58</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>85</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1598,54 +1598,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P13" s="4">
         <v>0.75</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1838,54 +1838,54 @@
       <c r="I17" s="13" t="s">
         <v>96</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P17" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q17" s="4">
-        <v>39.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>0.19</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>11</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1901,54 +1901,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P18" s="4">
         <v>403.64</v>
       </c>
       <c r="Q18" s="4">
-        <v>320.05</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>79.29</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>80</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -1964,54 +1964,54 @@
       <c r="I19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P19" s="4">
         <v>174.75</v>
       </c>
       <c r="Q19" s="4">
-        <v>29.6</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>16.94</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2122,54 +2122,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>22064.27</v>
       </c>
       <c r="P22" s="8">
-        <v>411.78</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>1.87</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>