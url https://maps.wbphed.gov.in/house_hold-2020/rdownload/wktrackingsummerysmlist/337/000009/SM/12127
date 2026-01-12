--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -314,51 +314,51 @@
   <si>
     <t>3267/BD</t>
   </si>
   <si>
     <t>25/11/2024</t>
   </si>
   <si>
     <t>21/09/2025</t>
   </si>
   <si>
     <t>ABDUL HAMID GAZI.</t>
   </si>
   <si>
     <t>Acceptance cum work order for Improvement of Iron Elimination Plant and other related allied works and Construction of Approach Road at Head work site under Augmentation of Helencha Water Supply Scheme, Bagdah Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/001785/2023-2024</t>
   </si>
   <si>
     <t>629/BD</t>
   </si>
   <si>
     <t>28/02/2024</t>
   </si>
   <si>
-    <t>05/10/2025</t>
+    <t>19/11/2025</t>
   </si>
   <si>
     <t>NEER UDYOG</t>
   </si>
   <si>
     <t>Hiring of an Additional Vehicle (Diesel) for the site inspection of different Bongaon ongoing schemes under JJM Program at Bongaon Sub-Division, P.H.E.Dte. (Period from:-01/09/2024 to 28/02/ 2025)</t>
   </si>
   <si>
     <t>ORD/001035/2024-2025</t>
   </si>
   <si>
     <t>1076/Bon</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>PRIYAM ENTERPRISE</t>
   </si>
   <si>
     <t>Acceptance cum work order for Repairing &amp; renovation of Boundary wall, Earth Filling, Concreting and Repairing &amp; renovation of 3.60 mtr. X 3.00 mtr. size Pump House with sanitary and water supply arrangement at 2nd TW Site of Helencha Water Supply Scheme, Bagdah Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
   </si>