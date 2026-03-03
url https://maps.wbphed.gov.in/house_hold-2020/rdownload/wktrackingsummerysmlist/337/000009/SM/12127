--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1087,54 +1087,54 @@
       <c r="I5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.95</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>226.06</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1148,54 +1148,54 @@
       <c r="I6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>684.22</v>
       </c>
       <c r="Q6" s="4">
-        <v>678.51</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.17</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1209,54 +1209,54 @@
       <c r="I7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>21.41</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.67</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>91.88</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1270,54 +1270,54 @@
       <c r="I8" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>32.22</v>
       </c>
       <c r="Q8" s="4">
-        <v>26.95</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>83.63</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1331,54 +1331,54 @@
       <c r="I9" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>1.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.73</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.37</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1392,54 +1392,54 @@
       <c r="I10" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>4.58</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1451,54 +1451,54 @@
         <v>73</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P11" s="4">
         <v>1.59</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.56</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>97.88</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1512,54 +1512,54 @@
       <c r="I12" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P12" s="4">
         <v>0.29</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>200.75</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1573,54 +1573,54 @@
       <c r="I13" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>1.73</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.89</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>109.11</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1756,54 +1756,54 @@
       <c r="I16" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P16" s="4">
         <v>0.86</v>
       </c>
       <c r="Q16" s="4">
-        <v>1.75</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>203.95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1963,54 +1963,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>959.07</v>
       </c>
       <c r="P20" s="8">
-        <v>739.17</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>77.07</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>