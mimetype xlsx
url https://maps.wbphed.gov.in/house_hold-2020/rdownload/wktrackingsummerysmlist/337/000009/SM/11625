--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1481,54 +1481,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.51</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.51</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1540,54 +1540,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>24.89</v>
       </c>
       <c r="Q4" s="4">
-        <v>14.65</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>58.87</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -3359,54 +3359,54 @@
         <v>116</v>
       </c>
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13"/>
       <c r="K37" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P37" s="4">
         <v>7.18</v>
       </c>
       <c r="Q37" s="4">
-        <v>7.08</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>98.64</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3418,54 +3418,54 @@
         <v>122</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13"/>
       <c r="K38" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P38" s="4">
         <v>10.51</v>
       </c>
       <c r="Q38" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>47.81</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3479,54 +3479,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P39" s="4">
         <v>2.74</v>
       </c>
       <c r="Q39" s="4">
-        <v>2.65</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>96.7</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3538,54 +3538,54 @@
         <v>132</v>
       </c>
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13"/>
       <c r="K40" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P40" s="4">
         <v>6.01</v>
       </c>
       <c r="Q40" s="4">
-        <v>5.68</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>94.54</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3597,54 +3597,54 @@
         <v>137</v>
       </c>
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
         <v>138</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>139</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>140</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>141</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>142</v>
       </c>
       <c r="P41" s="4">
         <v>0.63</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3717,54 +3717,54 @@
         <v>146</v>
       </c>
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13"/>
       <c r="K43" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P43" s="4">
         <v>3.74</v>
       </c>
       <c r="Q43" s="4">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>11.99</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3778,54 +3778,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P44" s="4">
         <v>0.95</v>
       </c>
       <c r="Q44" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -7215,88 +7215,88 @@
         <v>287</v>
       </c>
       <c r="I105" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J105" s="13"/>
       <c r="K105" s="4" t="s">
         <v>288</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>289</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>290</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>291</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P105" s="4">
         <v>36.04</v>
       </c>
       <c r="Q105" s="4">
-        <v>15.46</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>42.9</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>65</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="7" t="s">
         <v>292</v>
       </c>
       <c r="B106" s="7"/>
       <c r="C106" s="7"/>
       <c r="D106" s="7"/>
       <c r="E106" s="11"/>
       <c r="F106" s="7"/>
       <c r="G106" s="7"/>
       <c r="H106" s="14"/>
       <c r="I106" s="14"/>
       <c r="J106" s="14"/>
       <c r="K106" s="8"/>
       <c r="L106" s="8"/>
       <c r="M106" s="8"/>
       <c r="N106" s="8"/>
       <c r="O106" s="8">
         <v>132.54</v>
       </c>
       <c r="P106" s="8">
-        <v>55.08</v>
+        <v>0</v>
       </c>
       <c r="Q106" s="8">
-        <v>41.56</v>
+        <v>0</v>
       </c>
       <c r="R106" s="8"/>
       <c r="S106" s="8"/>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A106:N106"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>