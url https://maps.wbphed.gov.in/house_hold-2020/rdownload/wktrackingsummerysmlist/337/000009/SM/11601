--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -128,138 +128,138 @@
   <si>
     <t>28/10/2021</t>
   </si>
   <si>
     <t>18/11/2021</t>
   </si>
   <si>
     <t>ANKIT CONSTRUCTION</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000152/2022-2023</t>
   </si>
   <si>
     <t>1256/BD</t>
   </si>
   <si>
     <t>25/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Acceptance cum work order for Sinking of 1 (one) no. 300 mm. x 200 mm. dia. 250 mtr deep Replacement Tubewell by D.R. Rig method with UPVC pipe &amp; UPVC ribbed strainer for Augmentation of Hariharpur Water Supply Scheme (H/W Site)within the jurisdiction of BongaonSub-Division, under Barasat Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001116/2023-2024</t>
+  </si>
+  <si>
+    <t>2939/BD</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>27/10/2023</t>
+  </si>
+  <si>
+    <t>JOY GURU ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Repairing and renovation of Compressor Room for AIRP, Construction of Approach Road at 2nd Tube Well site and Construction of Boundary wall and Approach Road at Head Work and 2nd T/W site under Augmentation of Hariharpur Water Supply Scheme, Bagdah Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001781/2023-2024</t>
+  </si>
+  <si>
+    <t>625/BD</t>
+  </si>
+  <si>
+    <t>28/02/2024</t>
+  </si>
+  <si>
+    <t>13/04/2024</t>
+  </si>
+  <si>
+    <t>JEET ENTERPRISE.</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Renovation of 35 Cum/hr of capacity AIRP and allied works at Head work site for Augmentation of Hariharpur Water Supply Scheme under Bongaon Sub-Division, Barasat Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001765/2023-2024</t>
+  </si>
+  <si>
+    <t>511/BD</t>
+  </si>
+  <si>
+    <t>20/02/2024</t>
+  </si>
+  <si>
+    <t>20/04/2024</t>
+  </si>
+  <si>
+    <t>DEBAPRASAD MONDAL.</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Construction of Boundary wall at Head Work site for Augmentation of Hariharpur Water Supply Scheme, Bagdah Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001791/2023-2024</t>
+  </si>
+  <si>
+    <t>648/BD</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>30/03/2024</t>
+  </si>
+  <si>
+    <t>A.D.ENTERPRISE.</t>
+  </si>
+  <si>
     <t>Formal work order for Laying of DI/UPVC distribution pipe line and Providing Functional House Hold Tap Connection (FHTC) for Augmentation of Hariharpur Water Supply Scheme, Bagdah Block under Bongaon Sub-Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001006/2022-2023</t>
   </si>
   <si>
     <t>175/BD</t>
   </si>
   <si>
     <t>19/01/2023</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>M/S R.K. ENTERPRISE</t>
-  </si>
-[...70 lines deleted...]
-    <t>A.D.ENTERPRISE.</t>
   </si>
   <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer and Automatic Chlorinator (in connection with Aug. work related to FHTC) at Pump House No.I &amp; II (Replacement) under Kaniara W/S Scheme, Kamalabas W/S Scheme and Hariharpur W/S Scheme District of 24 Pgs. (N).</t>
   </si>
   <si>
     <t>ORD/001172/2023-2024</t>
   </si>
   <si>
     <t>4800/EMD</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>H.K. DAS &amp; CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -947,60 +947,60 @@
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
-        <v>173.76</v>
+        <v>16.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>114.27</v>
+        <v>15.08</v>
       </c>
       <c r="R5" s="4">
-        <v>65.76</v>
+        <v>93.61</v>
       </c>
       <c r="S5" s="4">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
@@ -1008,57 +1008,57 @@
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
-        <v>16.11</v>
+        <v>7.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>15.08</v>
+        <v>7.66</v>
       </c>
       <c r="R6" s="4">
-        <v>93.61</v>
+        <v>99.98</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1069,57 +1069,57 @@
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>7.66</v>
+        <v>38.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>7.66</v>
+        <v>38.24</v>
       </c>
       <c r="R7" s="4">
-        <v>99.98</v>
+        <v>99.49</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1130,57 +1130,57 @@
       <c r="H8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
-        <v>38.43</v>
+        <v>13.35</v>
       </c>
       <c r="Q8" s="4">
-        <v>38.24</v>
+        <v>13.34</v>
       </c>
       <c r="R8" s="4">
-        <v>99.49</v>
+        <v>99.88</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1191,57 +1191,57 @@
       <c r="H9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
-        <v>13.35</v>
+        <v>173.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>13.34</v>
+        <v>114.27</v>
       </c>
       <c r="R9" s="4">
-        <v>99.88</v>
+        <v>65.76</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>