--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -832,54 +832,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.51</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.46</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.15</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -950,54 +950,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>16.11</v>
       </c>
       <c r="Q5" s="4">
-        <v>15.08</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.61</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1011,54 +1011,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>7.66</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.66</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1072,54 +1072,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>38.43</v>
       </c>
       <c r="Q7" s="4">
-        <v>38.24</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.49</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1133,54 +1133,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>13.35</v>
       </c>
       <c r="Q8" s="4">
-        <v>13.34</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1194,54 +1194,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>173.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>114.27</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>65.76</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>68</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1255,88 +1255,88 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P10" s="4">
         <v>66.46</v>
       </c>
       <c r="Q10" s="4">
-        <v>23.4</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>35.21</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>330.37</v>
       </c>
       <c r="P11" s="8">
-        <v>214.46</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>64.91</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>