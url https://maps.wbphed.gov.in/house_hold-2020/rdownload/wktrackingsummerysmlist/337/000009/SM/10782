--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -215,51 +215,51 @@
   <si>
     <t>4490/EMD</t>
   </si>
   <si>
     <t>14/07/2023</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>EASTERN INDIA SALES &amp; SERVICE</t>
   </si>
   <si>
     <t>Formal Work order for Providing Functional House Hold Tap Connection (FHTC) from existing and new proposed distribution system for Augmentation of Bira Rajibpur Water Supply Scheme within the jurisdiction of Habra Sub-Division under Barasat Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000533/2022-2023</t>
   </si>
   <si>
     <t>2447/BD</t>
   </si>
   <si>
     <t>23/08/2022</t>
   </si>
   <si>
-    <t>29/07/2025</t>
+    <t>27/10/2025</t>
   </si>
   <si>
     <t>J.D.J.ENTERPRISE. (TRADERS PVT.LTD)</t>
   </si>
   <si>
     <t>Hiring of 1 no. of Diesel Luxury Car (Euro - IV/VI) in good condition (traffic worthy) on daily basis for office use of the Assistant Engineer, Habra Sub-Division, under Barasat Division P.H.E. Dte. (For the period from: 01.12.2023 to 30.11.24)</t>
   </si>
   <si>
     <t>ORD/001630/2023-2024</t>
   </si>
   <si>
     <t>720/HAB</t>
   </si>
   <si>
     <t>23/11/2023</t>
   </si>
   <si>
     <t>23/11/2024</t>
   </si>
   <si>
     <t>M/S LATIKA CONSTRUCTION.</t>
   </si>
   <si>
     <t>Continuation work order Hiring of 1 no. of Diesel Luxury Car (Euro ¿ IV/VI) in good condition (traffic worthy) on daily basis for office use of the Assistant Engineer, for supervision of J.J.M. related work, executed within the entire jurisdiction of Habra Sub-Division, under Barasat Division P.H.E. Dte. (For the period from :01.09.24 to 28.02.25) = six months</t>
   </si>