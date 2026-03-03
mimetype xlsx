--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -880,54 +880,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>2.15</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.1</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.44</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -998,54 +998,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>0.86</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.85</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>214.91</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>1</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1059,54 +1059,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>39.12</v>
       </c>
       <c r="Q6" s="4">
-        <v>31.66</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>80.92</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1234,54 +1234,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>74.22</v>
       </c>
       <c r="Q9" s="4">
-        <v>19.18</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>25.85</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>90</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1295,54 +1295,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>619.57</v>
       </c>
       <c r="Q10" s="4">
-        <v>197.69</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>31.91</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1356,54 +1356,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>1.74</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.89</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>223.48</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1415,54 +1415,54 @@
         <v>75</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>0.86</v>
       </c>
       <c r="Q12" s="4">
-        <v>1.79</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>208.06</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1474,54 +1474,54 @@
         <v>81</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P13" s="4">
         <v>0.86</v>
       </c>
       <c r="Q13" s="4">
-        <v>1.83</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>212.06</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1567,54 +1567,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1048.97</v>
       </c>
       <c r="P15" s="8">
-        <v>259.98</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>24.78</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>