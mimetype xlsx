--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -233,60 +233,63 @@
   <si>
     <t>08/09/2023</t>
   </si>
   <si>
     <t>SUNRISE ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Acceptance cum work order for Sinking of 2 nos. 300 mm. x 200 mm. dia. 360 mtr deep Tubewell by D.R. Rig method at PH No.-1 &amp; 2 with PVC pipe &amp; strainer having 300mm dia 48 mtr. long housing pipe &amp; 200mm dia 30 mtr. long filter for Augmentation of Murarisha w/s scheme, Hasnabad block under Hasnabad Sub-Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000529/2024-2025</t>
   </si>
   <si>
     <t>2896/BD</t>
   </si>
   <si>
     <t>03/10/2024</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>M/S SUKANTA ENTERPRISE.</t>
   </si>
   <si>
-    <t>Acceptance cum work order for Sinking of 2 nos. 300 mm. x 200 mm. dia. 360 mtr deep Tubewell by D.R. Rig method at PH No.-3 &amp; 4 with PVC pipe &amp; strainer having 300mm dia 48 mtr. long housing pipe &amp; 200mm dia 30 mtr. long filter for Augmentation of Murarisha w/s scheme, Hasnabad block under Hasnabad Sub-Division, P.H.E. Dte.</t>
-[...8 lines deleted...]
-    <t>ACME CONSTRUCTION</t>
+    <t>Formal work order for Laying of DI rising main, DI/UPVC distribution pipe line, construction of 350 cum capacity 20 mtr staging height R.C.C Over Head Reservoir as per Deptt. design, drawing &amp; specification including bored pile with pile cap and providing Functional Household Tap Connection in connection with Augmentation of Murarisha water supply scheme, Hasnabad Block under Hasnabad Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000764/2023-2024</t>
+  </si>
+  <si>
+    <t>2591/BD</t>
+  </si>
+  <si>
+    <t>28/08/2023</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1422,100 +1425,100 @@
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="P13" s="4">
-        <v>51.76</v>
+        <v>576.34</v>
       </c>
       <c r="Q13" s="4">
-        <v>0</v>
+        <v>546.09</v>
       </c>
       <c r="R13" s="4">
-        <v>0</v>
+        <v>94.75</v>
       </c>
       <c r="S13" s="4">
-        <v>50</v>
+        <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
-        <v>217.92</v>
+        <v>742.51</v>
       </c>
       <c r="P14" s="8">
-        <v>4.62</v>
+        <v>550.72</v>
       </c>
       <c r="Q14" s="8">
-        <v>2.12</v>
+        <v>74.17</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>