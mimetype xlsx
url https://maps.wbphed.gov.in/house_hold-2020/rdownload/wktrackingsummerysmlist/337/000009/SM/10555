--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -841,54 +841,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>0.9</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1075,54 +1075,54 @@
         <v>42</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P7" s="4">
         <v>0.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>80</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1134,54 +1134,54 @@
         <v>48</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P8" s="4">
         <v>0.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.91</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.19</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1193,54 +1193,54 @@
         <v>51</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P9" s="4">
         <v>0.94</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>37</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1254,54 +1254,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P10" s="4">
         <v>0.95</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.07</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1437,88 +1437,88 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P13" s="4">
         <v>576.34</v>
       </c>
       <c r="Q13" s="4">
-        <v>546.09</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>94.75</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>98</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>742.51</v>
       </c>
       <c r="P14" s="8">
-        <v>550.72</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>74.17</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>