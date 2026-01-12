--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -104,162 +104,210 @@
   <si>
     <t>Augmentation of Ground water based piped water supply scheme for Bounia Abad to accommodate FHTC Block Sandeshkhali-I.</t>
   </si>
   <si>
     <t>SM/10374</t>
   </si>
   <si>
     <t>Augmentation</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000245/2022-2023</t>
   </si>
   <si>
     <t>939/BD</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
+    <t>Formal work order for Laying of DI rising main, DI/UPVC distribution pipe line and providing Functional Household Tap Connection for Augmentation of Baunia Abad water supply scheme, Sandeshkhali-I Block within Hasnabad Sub-Division, under Barasat Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000659/2022-2023</t>
+  </si>
+  <si>
+    <t>2721/BD</t>
+  </si>
+  <si>
+    <t>14/09/2022</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>KINGS &amp; CO.</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Sinking of 2 nos. 300 mm. x 200 mm. dia. 360 mtr deep Tubewell by D.R. Rig method at PH No.- 1 &amp; 2 with PVC pipe &amp; strainer having 300mm dia 36 mtr. long housing pipe &amp; 200mm dia 30 mtr. long filter for Augmentation of Baunia Abad w/s scheme, Sandeshkhali-I block under Hasnabad Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000015/2023-2024</t>
+  </si>
+  <si>
+    <t>1201/BD</t>
+  </si>
+  <si>
+    <t>20/04/2023</t>
+  </si>
+  <si>
+    <t>20/05/2023</t>
+  </si>
+  <si>
+    <t>M/S NIRMAN CONSTRUCTION.</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Temporary approach road for movement of winch machine and other allied machineries at Head Work site in connectin with Augmentation of Baunia Abad W/S scheme, Sandeshkhali-I block under Hasnabad Sub-Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001916/2023-2024</t>
+  </si>
+  <si>
+    <t>288/HSD</t>
+  </si>
+  <si>
+    <t>06/03/2024</t>
+  </si>
+  <si>
+    <t>16/03/2024</t>
+  </si>
+  <si>
+    <t>DEBAPRASAD MONDAL.</t>
+  </si>
+  <si>
+    <t>Formal work order for Additional Laying of UPVC distribution pipe line, Providing FHTC for the leftout portion, protection works &amp; other allied works in connection with Augmentation of Baunia Abad w/s scheme, Sandeshkhali-I block under Hasnabad Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/001361/2024-2025</t>
+  </si>
+  <si>
+    <t>350/BD</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>M/S DATTA ENTERPRISE.</t>
+  </si>
+  <si>
     <t>Acceptance cum work order for Sinking of Additional 2 nos. 300 mm. x 200 mm. dia. 360 mtr deep Tubewell by D.R. Rig method with PVC pipe &amp; strainer having 300mm dia 48 mtr. long housing pipe &amp; 200mm dia 30 mtr. long filter within Baunia Abad w/s scheme, Sandeshkhali-I block under Hasnabad Sub-Division, P.H.E. Dte.</t>
   </si>
   <si>
-    <t>Assistant Engineer</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000797/2024-2025</t>
   </si>
   <si>
     <t>3303/BD</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>26/01/2025</t>
   </si>
   <si>
     <t>JOY GURU ENTERPRISE</t>
   </si>
   <si>
-    <t>Formal work order for Laying of DI rising main, DI/UPVC distribution pipe line and providing Functional Household Tap Connection for Augmentation of Baunia Abad water supply scheme, Sandeshkhali-I Block within Hasnabad Sub-Division, under Barasat Division, P.H.E. Dte.</t>
-[...73 lines deleted...]
-  <si>
     <t>Acceptance cum work order for additional Construction of 2 nos. switch room cum chlorine room (5.40x3.60) for augmentation of Baunia Abad w/s scheme, Sandeshkhali-I block under Hasnabad Sub-Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000012/2025-2026</t>
   </si>
   <si>
     <t>1633/BD</t>
   </si>
   <si>
     <t>20/05/2025</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>JAGANNATH CONSTRUCTION.</t>
+  </si>
+  <si>
+    <t>Formal work order for construction of 350 cum capacity 20 mtr. staging height R.C.C. Over Head water Reservoir as per Departmental design, drawing and specification including bored pile &amp; pile cap for Augmentaion of Baunia Abad water supply scheme, Sandeshkhali-I Block under Hasnabad Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000141/2023-2024</t>
+  </si>
+  <si>
+    <t>1724/BD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>31/03/2025</t>
+  </si>
+  <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer and Automatic Chlorinator (in connection with Aug. work related to FHTC) at Pump House No.I (replacement) under Baunia Abad W/S Scheme District of North 24 Pgs. Tender No.- 08(Sl. No.-06) of EE/EMD of 2022-23</t>
+  </si>
+  <si>
+    <t>ORD/002673/2022-2023</t>
+  </si>
+  <si>
+    <t>3387EMD</t>
+  </si>
+  <si>
+    <t>09/09/2022</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>GOENKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer and Automatic Chlorinator (in connection with Aug. work related to FHTC) at Pump House No.II (replacement) under Baunia Abad W/S Scheme District of North 24 Pgs.</t>
+  </si>
+  <si>
+    <t>ORD/002675/2022-2023</t>
+  </si>
+  <si>
+    <t>3388EMD</t>
+  </si>
+  <si>
+    <t>POLYCON ENGINEERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -648,62 +696,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W10"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
@@ -846,308 +894,310 @@
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J4" s="13"/>
+      <c r="J4" s="13" t="s">
+        <v>32</v>
+      </c>
       <c r="K4" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P4" s="4">
-        <v>63.39</v>
+        <v>452.15</v>
       </c>
       <c r="Q4" s="4">
-        <v>0</v>
+        <v>393.02</v>
       </c>
       <c r="R4" s="4">
-        <v>0</v>
+        <v>86.92</v>
       </c>
       <c r="S4" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
-        <v>452.15</v>
+        <v>62.06</v>
       </c>
       <c r="Q5" s="4">
-        <v>393.02</v>
+        <v>43.71</v>
       </c>
       <c r="R5" s="4">
-        <v>86.92</v>
+        <v>70.43</v>
       </c>
       <c r="S5" s="4">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J6" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
-        <v>62.06</v>
+        <v>0.84</v>
       </c>
       <c r="Q6" s="4">
-        <v>43.71</v>
+        <v>0.84</v>
       </c>
       <c r="R6" s="4">
-        <v>70.43</v>
+        <v>100</v>
       </c>
       <c r="S6" s="4">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
-        <v>0.84</v>
+        <v>223.88</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>32</v>
+      </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
-        <v>223.88</v>
+        <v>63.39</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
@@ -1179,87 +1229,270 @@
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>18.2</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
-      <c r="A10" s="7" t="s">
+      <c r="A10" s="3">
+        <v>8</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H10" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="B10" s="7"/>
-[...22 lines deleted...]
-      <c r="S10" s="8"/>
+      <c r="I10" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="N10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="O10" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P10" s="4">
+        <v>187.27</v>
+      </c>
+      <c r="Q10" s="4">
+        <v>151.07</v>
+      </c>
+      <c r="R10" s="4">
+        <v>80.67</v>
+      </c>
+      <c r="S10" s="4">
+        <v>100</v>
+      </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
+    <row r="11" spans="1:23">
+      <c r="A11" s="3">
+        <v>9</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H11" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="O11" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" s="4">
+        <v>11.36</v>
+      </c>
+      <c r="Q11" s="4">
+        <v>10.21</v>
+      </c>
+      <c r="R11" s="4">
+        <v>89.85</v>
+      </c>
+      <c r="S11" s="4">
+        <v>10</v>
+      </c>
+      <c r="T11" s="1"/>
+      <c r="U11" s="1"/>
+      <c r="V11" s="1"/>
+      <c r="W11" s="1"/>
+    </row>
+    <row r="12" spans="1:23">
+      <c r="A12" s="3">
+        <v>10</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="3"/>
+      <c r="D12" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H12" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="O12" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" s="4">
+        <v>11.36</v>
+      </c>
+      <c r="Q12" s="4">
+        <v>10.55</v>
+      </c>
+      <c r="R12" s="4">
+        <v>92.87</v>
+      </c>
+      <c r="S12" s="4">
+        <v>10</v>
+      </c>
+      <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
+      <c r="V12" s="1"/>
+      <c r="W12" s="1"/>
+    </row>
+    <row r="13" spans="1:23">
+      <c r="A13" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>1040.43</v>
+      </c>
+      <c r="P13" s="8">
+        <v>609.4</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>58.57</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
+      <c r="T13" s="1"/>
+      <c r="U13" s="1"/>
+      <c r="V13" s="1"/>
+      <c r="W13" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A10:N10"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>