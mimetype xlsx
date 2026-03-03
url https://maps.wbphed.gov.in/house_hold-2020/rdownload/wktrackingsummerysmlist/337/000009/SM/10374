--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -916,54 +916,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>452.15</v>
       </c>
       <c r="Q4" s="4">
-        <v>393.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>86.92</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -977,54 +977,54 @@
       <c r="I5" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>62.06</v>
       </c>
       <c r="Q5" s="4">
-        <v>43.71</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>70.43</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>56</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1036,54 +1036,54 @@
         <v>44</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P6" s="4">
         <v>0.84</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.84</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1276,54 +1276,54 @@
       <c r="I10" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P10" s="4">
         <v>187.27</v>
       </c>
       <c r="Q10" s="4">
-        <v>151.07</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>80.67</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1337,54 +1337,54 @@
       <c r="I11" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>11.36</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>89.85</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>10</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1398,88 +1398,88 @@
       <c r="I12" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>11.36</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.55</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>92.87</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>10</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1040.43</v>
       </c>
       <c r="P13" s="8">
-        <v>609.4</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>58.57</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>