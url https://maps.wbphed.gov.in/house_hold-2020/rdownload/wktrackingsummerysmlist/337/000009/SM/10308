--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -278,51 +278,51 @@
   <si>
     <t>225/EMSD-I</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>R.K. ENTERPRISES</t>
   </si>
   <si>
     <t>Formal Work order for Providing Functional Household Tap Connection (FHTC) to the uncovered household and laying of UPVC Dedicated Main Pipe Line towards different mouza for better supply of drinking water along with pipe protection and Road Restoration work under Augmentation work at Krishnachandrapur W/S Scheme at Bongaon Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/002022/2023-2024</t>
   </si>
   <si>
     <t>887/BD</t>
   </si>
   <si>
     <t>14/03/2024</t>
   </si>
   <si>
-    <t>25/11/2025</t>
+    <t>23/02/2026</t>
   </si>
   <si>
     <t>SAHA CONSTRUCTION &amp; CO</t>
   </si>
   <si>
     <t>Acceptance cum work order for Construction and installation of MANIFOLD and allied works at OHR site under Augmentation work at Krishnachandrapur W/S Scheme, Bongaon Block within the jurisdiction of Bongaon Sub-Division under Barasat Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000041/2025-2026</t>
   </si>
   <si>
     <t>1542/BD</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>B.S.ENTERPRISE. (BASIRHAT)</t>
   </si>
   <si>
     <t>Construction of 3.60 mtr. X 3.00mtr. size Guard room with sanitary and water supply arrangement incl. plinth protection at Head Work site at Krishnachandrapur w/s scheme, Bongaon block within the jurisdiction of Bongaon Sub-Division, under Barasat Division, P.H.E. Dte.</t>
   </si>