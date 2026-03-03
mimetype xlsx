--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -913,54 +913,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>1.26</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.14</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>90.94</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -974,54 +974,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>392.59</v>
       </c>
       <c r="Q4" s="4">
-        <v>260.82</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>66.43</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>1</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1033,54 +1033,54 @@
         <v>39</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>19.03</v>
       </c>
       <c r="Q5" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.71</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1208,54 +1208,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P8" s="4">
         <v>52.15</v>
       </c>
       <c r="Q8" s="4">
-        <v>24.13</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>46.27</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1269,54 +1269,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>4.73</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.72</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.81</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1330,54 +1330,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>32.24</v>
       </c>
       <c r="Q10" s="4">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>86.86</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1391,54 +1391,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>17.78</v>
       </c>
       <c r="Q11" s="4">
-        <v>17.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1513,54 +1513,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P13" s="4">
         <v>108.9</v>
       </c>
       <c r="Q13" s="4">
-        <v>84.75</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>77.83</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1667,54 +1667,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>729.56</v>
       </c>
       <c r="P16" s="8">
-        <v>440.3</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>60.35</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>