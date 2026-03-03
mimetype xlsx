--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1669,54 +1669,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P15" s="4">
         <v>164.9</v>
       </c>
       <c r="Q15" s="4">
-        <v>108.96</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>66.08</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>1</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2248,54 +2248,54 @@
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B25" s="7"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="11"/>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="14"/>
       <c r="I25" s="14"/>
       <c r="J25" s="14"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8">
         <v>235.46</v>
       </c>
       <c r="P25" s="8">
-        <v>108.96</v>
+        <v>0</v>
       </c>
       <c r="Q25" s="8">
-        <v>46.27</v>
+        <v>0</v>
       </c>
       <c r="R25" s="8"/>
       <c r="S25" s="8"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A25:N25"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>