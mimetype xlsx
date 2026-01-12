--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -480,65 +480,50 @@
     <t>249/AE-II/NACD-II</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>15/08/2024</t>
   </si>
   <si>
     <t>Repair and Renovation work at Thanapara H/W site with Pathway ,Plastering ,Pump House Painting, Flooring,, PVC Water tank other allied works Under Nadia Arsenic Division-II,P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000022/2024-2025</t>
   </si>
   <si>
     <t>145./AE-II/NACD-II</t>
   </si>
   <si>
     <t>11/06/2024</t>
   </si>
   <si>
     <t>11/07/2024</t>
   </si>
   <si>
     <t>SOURAV &amp; CO.</t>
-  </si>
-[...13 lines deleted...]
-    <t>14/08/2025</t>
   </si>
   <si>
     <t>Hiring of 1(one) number vehicle of Category Motor Days Cab/ Maruti Omni(standard) (Non Air-Conditioned)/ Diesel/ LPG/ CNG Engine including Driver for performing the inspection works and official duties of the Executive Engineer, of Nadia Arsenic Civil Division-II, P.H.E. Dte.at 1 S.K Basu Road Krishnagar, District-Nadia, PINCODE:- 741101,West Bengal</t>
   </si>
   <si>
     <t>Junior Engineer 3 ,Nadia Arsenic Civil Division-II</t>
   </si>
   <si>
     <t>ORD/000398/2022-2023</t>
   </si>
   <si>
     <t>412./NACD-II</t>
   </si>
   <si>
     <t>30/03/2024</t>
   </si>
   <si>
     <t>Continuation work order for Hiring of 1(one) number vehicle of Category Motor Days Cab/ Maruti Omni(standard) (Non Air-Conditioned)/ Diesel/LPG/ CNG Engine including Driver for performing the inspection works and official duties of the Executive Engineer, of Nadia Arsenic Civil Division-II, P.H.E. Dte.at 1 S.K Basu Road Krishnagar, District-Nadia, PINCODE:- 741101,WestBengal (From 01/04/2024 to 30/06/2024)</t>
   </si>
   <si>
     <t>ORD/000003/2024-2025</t>
   </si>
   <si>
     <t>504/NACD-II</t>
   </si>
@@ -1320,51 +1305,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W52"/>
+  <dimension ref="A1:W51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="55.272217" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2736,1764 +2721,1703 @@
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>156</v>
       </c>
       <c r="I24" s="13" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J24" s="13" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="K24" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="L24" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>159</v>
+        <v>113</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O24" s="4" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="P24" s="4">
-        <v>354.2</v>
+        <v>4.98</v>
       </c>
       <c r="Q24" s="4">
-        <v>247.94</v>
+        <v>2.69</v>
       </c>
       <c r="R24" s="4">
-        <v>70</v>
+        <v>54.07</v>
       </c>
       <c r="S24" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>161</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J25" s="13" t="s">
+        <v>157</v>
+      </c>
+      <c r="K25" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="K25" s="4" t="s">
+      <c r="L25" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="L25" s="4" t="s">
+      <c r="M25" s="4" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P25" s="4">
-        <v>4.98</v>
+        <v>1.24</v>
       </c>
       <c r="Q25" s="4">
-        <v>2.69</v>
+        <v>1.01</v>
       </c>
       <c r="R25" s="4">
-        <v>54.07</v>
+        <v>80.91</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>166</v>
       </c>
       <c r="I26" s="13" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="J26" s="13" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P26" s="4">
         <v>1.24</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.01</v>
+        <v>0.97</v>
       </c>
       <c r="R26" s="4">
-        <v>80.91</v>
+        <v>78</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J27" s="13" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="K27" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" s="4" t="s">
         <v>172</v>
       </c>
-      <c r="L27" s="4" t="s">
+      <c r="N27" s="4" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P27" s="4">
-        <v>1.24</v>
+        <v>3.74</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.97</v>
+        <v>0.35</v>
       </c>
       <c r="R27" s="4">
-        <v>78</v>
+        <v>9.31</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>174</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J28" s="13" t="s">
-        <v>162</v>
+        <v>35</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>175</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>176</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>177</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O28" s="4" t="s">
-        <v>81</v>
+        <v>179</v>
       </c>
       <c r="P28" s="4">
-        <v>3.74</v>
+        <v>16.66</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>9.31</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I29" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>182</v>
+        <v>85</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P29" s="4">
-        <v>16.66</v>
+        <v>36.28</v>
       </c>
       <c r="Q29" s="4">
-        <v>0</v>
+        <v>57.15</v>
       </c>
       <c r="R29" s="4">
-        <v>0</v>
+        <v>157.51</v>
       </c>
       <c r="S29" s="4">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
         <v>185</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J30" s="13" t="s">
-        <v>35</v>
+        <v>157</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M30" s="4" t="s">
-        <v>85</v>
+        <v>68</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O30" s="4" t="s">
-        <v>189</v>
+        <v>114</v>
       </c>
       <c r="P30" s="4">
-        <v>36.28</v>
+        <v>4.98</v>
       </c>
       <c r="Q30" s="4">
-        <v>57.15</v>
+        <v>1.39</v>
       </c>
       <c r="R30" s="4">
-        <v>157.51</v>
+        <v>27.94</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="I31" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J31" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" s="4" t="s">
         <v>190</v>
       </c>
-      <c r="I31" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K31" s="4" t="s">
+      <c r="L31" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>114</v>
+        <v>194</v>
       </c>
       <c r="P31" s="4">
-        <v>4.98</v>
+        <v>2.68</v>
       </c>
       <c r="Q31" s="4">
-        <v>1.39</v>
+        <v>2.64</v>
       </c>
       <c r="R31" s="4">
-        <v>27.94</v>
+        <v>98.26</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I32" s="13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="L32" s="4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>199</v>
+        <v>120</v>
       </c>
       <c r="P32" s="4">
-        <v>2.68</v>
+        <v>24.4</v>
       </c>
       <c r="Q32" s="4">
-        <v>2.64</v>
+        <v>24.34</v>
       </c>
       <c r="R32" s="4">
-        <v>98.26</v>
+        <v>99.75</v>
       </c>
       <c r="S32" s="4">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
         <v>200</v>
       </c>
       <c r="I33" s="13" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P33" s="4">
-        <v>24.4</v>
+        <v>34.68</v>
       </c>
       <c r="Q33" s="4">
-        <v>24.34</v>
+        <v>16.07</v>
       </c>
       <c r="R33" s="4">
-        <v>99.75</v>
+        <v>46.34</v>
       </c>
       <c r="S33" s="4">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G34" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H34" s="13" t="s">
         <v>205</v>
       </c>
       <c r="I34" s="13" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J34" s="13" t="s">
-        <v>35</v>
+        <v>129</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O34" s="4" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="P34" s="4">
-        <v>34.68</v>
+        <v>4.78</v>
       </c>
       <c r="Q34" s="4">
-        <v>16.07</v>
+        <v>4.78</v>
       </c>
       <c r="R34" s="4">
-        <v>46.34</v>
+        <v>100</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G35" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H35" s="13" t="s">
         <v>210</v>
       </c>
       <c r="I35" s="13" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P35" s="4">
         <v>4.78</v>
       </c>
       <c r="Q35" s="4">
         <v>4.78</v>
       </c>
       <c r="R35" s="4">
         <v>100</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G36" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H36" s="13" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I36" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J36" s="13" t="s">
-        <v>129</v>
+        <v>35</v>
       </c>
       <c r="K36" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="L36" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="M36" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="L36" s="4" t="s">
+      <c r="N36" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="M36" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O36" s="4" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
       <c r="P36" s="4">
-        <v>4.78</v>
+        <v>2.61</v>
       </c>
       <c r="Q36" s="4">
-        <v>4.78</v>
+        <v>2.5</v>
       </c>
       <c r="R36" s="4">
-        <v>100</v>
+        <v>95.89</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G37" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H37" s="13" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I37" s="13" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J37" s="13" t="s">
-        <v>35</v>
+        <v>220</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="P37" s="4">
-        <v>2.61</v>
+        <v>0.93</v>
       </c>
       <c r="Q37" s="4">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>95.89</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>100</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I38" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J38" s="13" t="s">
-        <v>225</v>
+        <v>157</v>
       </c>
       <c r="K38" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L38" s="4" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O38" s="4" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P38" s="4">
-        <v>0.93</v>
+        <v>0.76</v>
       </c>
       <c r="Q38" s="4">
         <v>0</v>
       </c>
       <c r="R38" s="4">
         <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>100</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H39" s="13" t="s">
-        <v>231</v>
-[...6 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="I39" s="13"/>
+      <c r="J39" s="13"/>
       <c r="K39" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L39" s="4" t="s">
-        <v>233</v>
+        <v>171</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>235</v>
+        <v>173</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>236</v>
+        <v>81</v>
       </c>
       <c r="P39" s="4">
-        <v>0.76</v>
+        <v>3.74</v>
       </c>
       <c r="Q39" s="4">
-        <v>0</v>
+        <v>2.64</v>
       </c>
       <c r="R39" s="4">
-        <v>0</v>
+        <v>70.68</v>
       </c>
       <c r="S39" s="4">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G40" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H40" s="13" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-      <c r="J40" s="13"/>
+        <v>156</v>
+      </c>
+      <c r="I40" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J40" s="13" t="s">
+        <v>27</v>
+      </c>
       <c r="K40" s="4" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="L40" s="4" t="s">
-        <v>176</v>
+        <v>234</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>177</v>
+        <v>113</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>178</v>
+        <v>160</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P40" s="4">
-        <v>3.74</v>
+        <v>4.98</v>
       </c>
       <c r="Q40" s="4">
-        <v>2.64</v>
+        <v>0.92</v>
       </c>
       <c r="R40" s="4">
-        <v>70.68</v>
+        <v>18.41</v>
       </c>
       <c r="S40" s="4">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G41" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H41" s="13" t="s">
-        <v>161</v>
-[...6 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="I41" s="13"/>
+      <c r="J41" s="13"/>
       <c r="K41" s="4" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>113</v>
+        <v>237</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>165</v>
+        <v>237</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="P41" s="4">
-        <v>4.98</v>
+        <v>16.39</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>18.41</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
-        <v>21</v>
+        <v>88</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="13" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-      <c r="J42" s="13"/>
+        <v>238</v>
+      </c>
+      <c r="I42" s="13" t="s">
+        <v>90</v>
+      </c>
+      <c r="J42" s="13" t="s">
+        <v>91</v>
+      </c>
       <c r="K42" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="L42" s="4" t="s">
         <v>240</v>
       </c>
-      <c r="L42" s="4" t="s">
+      <c r="M42" s="4" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>242</v>
       </c>
       <c r="O42" s="4" t="s">
-        <v>138</v>
+        <v>243</v>
       </c>
       <c r="P42" s="4">
-        <v>16.39</v>
+        <v>22.25</v>
       </c>
       <c r="Q42" s="4">
         <v>0</v>
       </c>
       <c r="R42" s="4">
         <v>0</v>
       </c>
       <c r="S42" s="4">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="13" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I43" s="13" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="J43" s="13" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="K43" s="4" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M43" s="4" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="O43" s="4" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P43" s="4">
-        <v>22.25</v>
+        <v>11.56</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H44" s="13" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I44" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J44" s="13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L44" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>252</v>
+        <v>165</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>253</v>
       </c>
       <c r="O44" s="4" t="s">
-        <v>254</v>
+        <v>81</v>
       </c>
       <c r="P44" s="4">
-        <v>11.56</v>
+        <v>4.98</v>
       </c>
       <c r="Q44" s="4">
-        <v>0</v>
+        <v>4.02</v>
       </c>
       <c r="R44" s="4">
-        <v>0</v>
+        <v>80.72</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G45" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="13" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="I45" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J45" s="13" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="K45" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="L45" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="L45" s="4" t="s">
+      <c r="M45" s="4" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>81</v>
+        <v>259</v>
       </c>
       <c r="P45" s="4">
-        <v>4.98</v>
+        <v>215.53</v>
       </c>
       <c r="Q45" s="4">
-        <v>4.02</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>80.72</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G46" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H46" s="13" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I46" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K46" s="4" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="L46" s="4" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="M46" s="4" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="O46" s="4" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P46" s="4">
-        <v>215.53</v>
+        <v>117.87</v>
       </c>
       <c r="Q46" s="4">
         <v>0</v>
       </c>
       <c r="R46" s="4">
         <v>0</v>
       </c>
       <c r="S46" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H47" s="13" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I47" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J47" s="13" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="P47" s="4">
-        <v>117.87</v>
+        <v>23.11</v>
       </c>
       <c r="Q47" s="4">
         <v>0</v>
       </c>
       <c r="R47" s="4">
         <v>0</v>
       </c>
       <c r="S47" s="4">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I48" s="13" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L48" s="4" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M48" s="4" t="s">
-        <v>274</v>
+        <v>165</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>275</v>
+        <v>253</v>
       </c>
       <c r="O48" s="4" t="s">
-        <v>276</v>
+        <v>81</v>
       </c>
       <c r="P48" s="4">
-        <v>23.11</v>
+        <v>4.98</v>
       </c>
       <c r="Q48" s="4">
-        <v>0</v>
+        <v>3.45</v>
       </c>
       <c r="R48" s="4">
-        <v>0</v>
+        <v>69.36</v>
       </c>
       <c r="S48" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="I49" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J49" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="L49" s="4" t="s">
         <v>277</v>
       </c>
-      <c r="I49" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K49" s="4" t="s">
+      <c r="M49" s="4" t="s">
         <v>278</v>
       </c>
-      <c r="L49" s="4" t="s">
+      <c r="N49" s="4" t="s">
         <v>279</v>
       </c>
-      <c r="M49" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O49" s="4" t="s">
-        <v>81</v>
+        <v>280</v>
       </c>
       <c r="P49" s="4">
-        <v>4.98</v>
+        <v>19.28</v>
       </c>
       <c r="Q49" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>69.36</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="13" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I50" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K50" s="4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L50" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="M50" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="O50" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="P50" s="4">
-        <v>19.28</v>
+        <v>6.14</v>
       </c>
       <c r="Q50" s="4">
         <v>0</v>
       </c>
       <c r="R50" s="4">
         <v>0</v>
       </c>
       <c r="S50" s="4">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
-      <c r="A51" s="3">
-[...27 lines deleted...]
-      <c r="K51" s="4" t="s">
+      <c r="A51" s="7" t="s">
         <v>287</v>
       </c>
-      <c r="L51" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B51" s="7"/>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="11"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
+      <c r="H51" s="14"/>
+      <c r="I51" s="14"/>
+      <c r="J51" s="14"/>
+      <c r="K51" s="8"/>
+      <c r="L51" s="8"/>
+      <c r="M51" s="8"/>
+      <c r="N51" s="8"/>
+      <c r="O51" s="8">
+        <v>1703.86</v>
+      </c>
+      <c r="P51" s="8">
+        <v>695.71</v>
+      </c>
+      <c r="Q51" s="8">
+        <v>40.83</v>
+      </c>
+      <c r="R51" s="8"/>
+      <c r="S51" s="8"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
-    <row r="52" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A52:N52"/>
+    <mergeCell ref="A51:N51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>