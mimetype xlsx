--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1468,54 +1468,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.98</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1529,54 +1529,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>153.21</v>
       </c>
       <c r="Q4" s="4">
-        <v>153.21</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1590,54 +1590,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>3.82</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.82</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>73.78</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1651,54 +1651,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P6" s="4">
         <v>151.4</v>
       </c>
       <c r="Q6" s="4">
-        <v>151.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1712,54 +1712,54 @@
       <c r="I7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>9.69</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.65</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1773,54 +1773,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P8" s="4">
         <v>45.84</v>
       </c>
       <c r="Q8" s="4">
-        <v>45.8</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1834,54 +1834,54 @@
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>88.07</v>
       </c>
       <c r="Q9" s="4">
-        <v>88.01</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.94</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1956,54 +1956,54 @@
       <c r="I11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>2.07</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>204.81</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2078,54 +2078,54 @@
       <c r="I13" s="13" t="s">
         <v>90</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>91</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P13" s="4">
         <v>8.71</v>
       </c>
       <c r="Q13" s="4">
-        <v>8.71</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2139,54 +2139,54 @@
       <c r="I14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P14" s="4">
         <v>31.49</v>
       </c>
       <c r="Q14" s="4">
-        <v>28.56</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>90.68</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>85</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2200,54 +2200,54 @@
       <c r="I15" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P15" s="4">
         <v>17.21</v>
       </c>
       <c r="Q15" s="4">
-        <v>17.2</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.98</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>95</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2261,54 +2261,54 @@
       <c r="I16" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>113</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P16" s="4">
         <v>0.42</v>
       </c>
       <c r="Q16" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>95.33</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2322,54 +2322,54 @@
       <c r="I17" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P17" s="4">
         <v>40.55</v>
       </c>
       <c r="Q17" s="4">
-        <v>40.4</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2383,54 +2383,54 @@
       <c r="I18" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>125</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P18" s="4">
         <v>4.78</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2444,54 +2444,54 @@
       <c r="I19" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>132</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P19" s="4">
         <v>5.9</v>
       </c>
       <c r="Q19" s="4">
-        <v>5.9</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2745,54 +2745,54 @@
       <c r="I24" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>157</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P24" s="4">
         <v>4.98</v>
       </c>
       <c r="Q24" s="4">
-        <v>2.69</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>54.07</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2806,54 +2806,54 @@
       <c r="I25" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>157</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>162</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>163</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P25" s="4">
         <v>1.24</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.01</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>80.91</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2867,54 +2867,54 @@
       <c r="I26" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>157</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>164</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>165</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P26" s="4">
         <v>1.24</v>
       </c>
       <c r="Q26" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2928,54 +2928,54 @@
       <c r="I27" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>157</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>170</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P27" s="4">
         <v>3.74</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.35</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>9.31</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -3050,54 +3050,54 @@
       <c r="I29" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>184</v>
       </c>
       <c r="P29" s="4">
         <v>36.28</v>
       </c>
       <c r="Q29" s="4">
-        <v>57.15</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>157.51</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3111,54 +3111,54 @@
       <c r="I30" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>157</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>186</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>187</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>188</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>114</v>
       </c>
       <c r="P30" s="4">
         <v>4.98</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.39</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>27.94</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3172,54 +3172,54 @@
       <c r="I31" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>192</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>193</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>194</v>
       </c>
       <c r="P31" s="4">
         <v>2.68</v>
       </c>
       <c r="Q31" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>98.26</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3233,54 +3233,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P32" s="4">
         <v>24.4</v>
       </c>
       <c r="Q32" s="4">
-        <v>24.34</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>85</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3294,54 +3294,54 @@
       <c r="I33" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>34.68</v>
       </c>
       <c r="Q33" s="4">
-        <v>16.07</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>46.34</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>100</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -3355,54 +3355,54 @@
       <c r="I34" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P34" s="4">
         <v>4.78</v>
       </c>
       <c r="Q34" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>100</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -3416,54 +3416,54 @@
       <c r="I35" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>208</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>209</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P35" s="4">
         <v>4.78</v>
       </c>
       <c r="Q35" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>100</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3477,54 +3477,54 @@
       <c r="I36" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>214</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>215</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>216</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>217</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>218</v>
       </c>
       <c r="P36" s="4">
         <v>2.61</v>
       </c>
       <c r="Q36" s="4">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>95.89</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>100</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3656,54 +3656,54 @@
       </c>
       <c r="H39" s="13" t="s">
         <v>169</v>
       </c>
       <c r="I39" s="13"/>
       <c r="J39" s="13"/>
       <c r="K39" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>171</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>172</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>173</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P39" s="4">
         <v>3.74</v>
       </c>
       <c r="Q39" s="4">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>70.68</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>30</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3717,54 +3717,54 @@
       <c r="I40" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>233</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>234</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>113</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P40" s="4">
         <v>4.98</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>18.41</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>20</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3957,54 +3957,54 @@
       <c r="I44" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>251</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>252</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>165</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>253</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P44" s="4">
         <v>4.98</v>
       </c>
       <c r="Q44" s="4">
-        <v>4.02</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>80.72</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4201,54 +4201,54 @@
       <c r="I48" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>165</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>253</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P48" s="4">
         <v>4.98</v>
       </c>
       <c r="Q48" s="4">
-        <v>3.45</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>69.36</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -4357,54 +4357,54 @@
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="7" t="s">
         <v>287</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="11"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="8"/>
       <c r="L51" s="8"/>
       <c r="M51" s="8"/>
       <c r="N51" s="8"/>
       <c r="O51" s="8">
         <v>1703.86</v>
       </c>
       <c r="P51" s="8">
-        <v>695.71</v>
+        <v>0</v>
       </c>
       <c r="Q51" s="8">
-        <v>40.83</v>
+        <v>0</v>
       </c>
       <c r="R51" s="8"/>
       <c r="S51" s="8"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A51:N51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>