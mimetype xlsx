--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -803,51 +803,51 @@
   <si>
     <t>ORD/000414/2023-2024</t>
   </si>
   <si>
     <t>673_AE-I/NACD-II</t>
   </si>
   <si>
     <t>28/03/2024</t>
   </si>
   <si>
     <t>12/04/2024</t>
   </si>
   <si>
     <t>Repair and Renovation work at Mahatpur 4th tube well Site under Mahatpur Piped Water Supply Scheme at Chapra Block under Nadia Arsenic Civil Division-II, P.H.E. Dte. Nadia.</t>
   </si>
   <si>
     <t>ORD/000082/2025-2026</t>
   </si>
   <si>
     <t>180/AE-I/NACD-II</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
-    <t>17/08/2025</t>
+    <t>16/09/2025</t>
   </si>
   <si>
     <t>TAPAN SAHA</t>
   </si>
   <si>
     <t>Laying of pipeline along reconnection due to construction of drain and land erosion at Mahatpur W/S Scheme in Chapra block in Nadia District under Nadia Arsenic Civil Division-II, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000443/2024-2025</t>
   </si>
   <si>
     <t>1206/AE-I/NACD-II</t>
   </si>
   <si>
     <t>27/02/2025</t>
   </si>
   <si>
     <t>13/04/2025</t>
   </si>
   <si>
     <t>DIAMOND ENGINEER'S CO-OPERATIVE SOCIETY LTD.</t>
   </si>
   <si>
     <t>Repair and renovation works of R.C.C. Elevated Reservoir 800 cum for providing FHTC (Functional Household Tap Connection) for Mahatpur Water Supply Scheme in Chapra Block in Nadia District under Nadia Arsenic Civil Division- II, PHE Dte.</t>
   </si>
@@ -3142,51 +3142,51 @@
       <c r="K31" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>195</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>196</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P31" s="4">
         <v>23.07</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
@@ -3874,51 +3874,51 @@
       <c r="K43" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>262</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>263</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>264</v>
       </c>
       <c r="P43" s="4">
         <v>3.23</v>
       </c>
       <c r="Q43" s="4">
         <v>0</v>
       </c>
       <c r="R43" s="4">
         <v>0</v>
       </c>
       <c r="S43" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>24</v>