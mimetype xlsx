--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1438,54 +1438,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.81</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.79</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1499,54 +1499,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>4.92</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.92</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1560,54 +1560,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.81</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.81</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1621,54 +1621,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>4.96</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.62</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>93.24</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1682,54 +1682,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>5</v>
       </c>
       <c r="Q7" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1743,54 +1743,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>4.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.92</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1804,54 +1804,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>3.85</v>
       </c>
       <c r="Q9" s="4">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.32</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1865,54 +1865,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>3.84</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.8</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.02</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1983,54 +1983,54 @@
       <c r="I12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>21.05</v>
       </c>
       <c r="Q12" s="4">
-        <v>21.05</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2044,54 +2044,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P13" s="4">
         <v>1.1</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.87</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>79.08</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2162,54 +2162,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P15" s="4">
         <v>8.55</v>
       </c>
       <c r="Q15" s="4">
-        <v>8.5</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.44</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2223,54 +2223,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P16" s="4">
         <v>173.44</v>
       </c>
       <c r="Q16" s="4">
-        <v>172.38</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.39</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2282,54 +2282,54 @@
         <v>107</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P17" s="4">
         <v>9.09</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.09</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2343,54 +2343,54 @@
       <c r="I18" s="13" t="s">
         <v>115</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>116</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>119</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>120</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P18" s="4">
         <v>91.82</v>
       </c>
       <c r="Q18" s="4">
-        <v>16.61</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>18.09</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2587,54 +2587,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>146</v>
       </c>
       <c r="P22" s="4">
         <v>45.3</v>
       </c>
       <c r="Q22" s="4">
-        <v>45.12</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.6</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2648,54 +2648,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>148</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>149</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>150</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>151</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>152</v>
       </c>
       <c r="P23" s="4">
         <v>3.91</v>
       </c>
       <c r="Q23" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>98.87</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2770,54 +2770,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>154</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P25" s="4">
         <v>0.75</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2831,54 +2831,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>167</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>168</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P26" s="4">
         <v>5.9</v>
       </c>
       <c r="Q26" s="4">
-        <v>5.9</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2892,54 +2892,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>173</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>174</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>175</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P27" s="4">
         <v>0.75</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2953,54 +2953,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>177</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>178</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>179</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>180</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>181</v>
       </c>
       <c r="P28" s="4">
         <v>0.97</v>
       </c>
       <c r="Q28" s="4">
-        <v>0.96</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.19</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3014,54 +3014,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>183</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>184</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>185</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>186</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>171</v>
       </c>
       <c r="P29" s="4">
         <v>4.78</v>
       </c>
       <c r="Q29" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3319,54 +3319,54 @@
       <c r="I34" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>209</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>210</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>211</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>212</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>213</v>
       </c>
       <c r="P34" s="4">
         <v>358.83</v>
       </c>
       <c r="Q34" s="4">
-        <v>28.51</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>7.94</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>50</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -4024,54 +4024,54 @@
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="7" t="s">
         <v>277</v>
       </c>
       <c r="B46" s="7"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="11"/>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="8"/>
       <c r="L46" s="8"/>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8">
         <v>1346.16</v>
       </c>
       <c r="P46" s="8">
-        <v>354.8</v>
+        <v>0</v>
       </c>
       <c r="Q46" s="8">
-        <v>26.36</v>
+        <v>0</v>
       </c>
       <c r="R46" s="8"/>
       <c r="S46" s="8"/>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A46:N46"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>