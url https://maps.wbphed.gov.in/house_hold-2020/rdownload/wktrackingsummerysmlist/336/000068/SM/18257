--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1137,54 +1137,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>57.65</v>
       </c>
       <c r="Q3" s="4">
-        <v>57.65</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -2380,54 +2380,54 @@
       <c r="I24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>108</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P24" s="4">
         <v>3.84</v>
       </c>
       <c r="Q24" s="4">
-        <v>3.84</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2443,54 +2443,54 @@
       <c r="I25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>17.28</v>
       </c>
       <c r="Q25" s="4">
-        <v>17.28</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -2506,54 +2506,54 @@
       <c r="I26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>108</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P26" s="4">
         <v>4.38</v>
       </c>
       <c r="Q26" s="4">
-        <v>4.25</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>97.13</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>23</v>
       </c>
@@ -2982,54 +2982,54 @@
       <c r="I34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>115</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>153</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>154</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>155</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>156</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>157</v>
       </c>
       <c r="P34" s="4">
         <v>3770.77</v>
       </c>
       <c r="Q34" s="4">
-        <v>809.9</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>21.48</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>90</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>77</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>23</v>
       </c>
@@ -3045,54 +3045,54 @@
       <c r="I35" s="13" t="s">
         <v>159</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>160</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>165</v>
       </c>
       <c r="P35" s="4">
         <v>733.62</v>
       </c>
       <c r="Q35" s="4">
-        <v>432.78</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>58.99</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>53</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>23</v>
       </c>
@@ -3201,54 +3201,54 @@
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="7" t="s">
         <v>176</v>
       </c>
       <c r="B38" s="7"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="11"/>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="14"/>
       <c r="I38" s="14"/>
       <c r="J38" s="14"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
       <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8">
         <v>9498.75</v>
       </c>
       <c r="P38" s="8">
-        <v>1325.69</v>
+        <v>0</v>
       </c>
       <c r="Q38" s="8">
-        <v>13.96</v>
+        <v>0</v>
       </c>
       <c r="R38" s="8"/>
       <c r="S38" s="8"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A38:N38"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>