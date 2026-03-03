--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -969,54 +969,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>5.28</v>
       </c>
       <c r="Q3" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.53</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1272,54 +1272,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>4.89</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1335,54 +1335,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>62</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>0.88</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1516,54 +1516,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>566.66</v>
       </c>
       <c r="Q12" s="4">
-        <v>225.47</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>39.79</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1743,51 +1743,51 @@
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>101</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>28</v>
+        <v>55</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P16" s="4">
         <v>129.57</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
@@ -1922,54 +1922,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>968.24</v>
       </c>
       <c r="P19" s="8">
-        <v>236.39</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>24.41</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>